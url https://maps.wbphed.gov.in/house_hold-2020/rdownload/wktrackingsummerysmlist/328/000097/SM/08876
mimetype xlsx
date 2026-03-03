--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1570,54 +1570,54 @@
       <c r="I7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>0.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1631,54 +1631,54 @@
       <c r="I8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="4">
         <v>1.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.78</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100.7</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1692,54 +1692,54 @@
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P9" s="4">
         <v>4.65</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>102.73</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1753,54 +1753,54 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P10" s="4">
         <v>26.26</v>
       </c>
       <c r="Q10" s="4">
-        <v>26.26</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1814,54 +1814,54 @@
       <c r="I11" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P11" s="4">
         <v>3.57</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.56</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.83</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1875,54 +1875,54 @@
       <c r="I12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>8.29</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.32</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100.25</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1936,54 +1936,54 @@
       <c r="I13" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>0.49</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>33.54</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1997,54 +1997,54 @@
       <c r="I14" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P14" s="4">
         <v>0.49</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>33.54</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2058,54 +2058,54 @@
       <c r="I15" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P15" s="4">
         <v>0.49</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2119,54 +2119,54 @@
       <c r="I16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P16" s="4">
         <v>63.69</v>
       </c>
       <c r="Q16" s="4">
-        <v>62.46</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.06</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2180,54 +2180,54 @@
       <c r="I17" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P17" s="4">
         <v>0.16</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>54.29</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2241,54 +2241,54 @@
       <c r="I18" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P18" s="4">
         <v>4.17</v>
       </c>
       <c r="Q18" s="4">
-        <v>3.69</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>88.56</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2302,54 +2302,54 @@
       <c r="I19" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P19" s="4">
         <v>0.71</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>68.42</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2363,54 +2363,54 @@
       <c r="I20" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P20" s="4">
         <v>0.71</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>29.26</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2424,54 +2424,54 @@
       <c r="I21" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>0.41</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2485,54 +2485,54 @@
       <c r="I22" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P22" s="4">
         <v>0.41</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2546,54 +2546,54 @@
       <c r="I23" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P23" s="4">
         <v>85.51</v>
       </c>
       <c r="Q23" s="4">
-        <v>59.46</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>69.54</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2664,54 +2664,54 @@
       <c r="I25" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="4">
         <v>33.1</v>
       </c>
       <c r="Q25" s="4">
-        <v>32.57</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>98.41</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>54</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2725,54 +2725,54 @@
       <c r="I26" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="4">
         <v>26.24</v>
       </c>
       <c r="Q26" s="4">
-        <v>11.08</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>42.24</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>40</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2786,54 +2786,54 @@
       <c r="I27" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P27" s="4">
         <v>0.88</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.01</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>113.95</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>30</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2847,54 +2847,54 @@
       <c r="I28" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="P28" s="4">
         <v>0.88</v>
       </c>
       <c r="Q28" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>126.17</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>30</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2908,54 +2908,54 @@
       <c r="I29" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P29" s="4">
         <v>0.44</v>
       </c>
       <c r="Q29" s="4">
-        <v>0.27</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>61.39</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2969,54 +2969,54 @@
       <c r="I30" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P30" s="4">
         <v>63.77</v>
       </c>
       <c r="Q30" s="4">
-        <v>35.4</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>55.52</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3030,54 +3030,54 @@
       <c r="I31" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P31" s="4">
         <v>0.16</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>54.29</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3091,54 +3091,54 @@
       <c r="I32" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="P32" s="4">
         <v>47.49</v>
       </c>
       <c r="Q32" s="4">
-        <v>35.55</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>74.85</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>50</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3152,54 +3152,54 @@
       <c r="I33" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P33" s="4">
         <v>16.55</v>
       </c>
       <c r="Q33" s="4">
-        <v>16.03</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>96.88</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>80</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3213,54 +3213,54 @@
       <c r="I34" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P34" s="4">
         <v>1.44</v>
       </c>
       <c r="Q34" s="4">
-        <v>1.43</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.1</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3274,54 +3274,54 @@
       <c r="I35" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P35" s="4">
         <v>64.94</v>
       </c>
       <c r="Q35" s="4">
-        <v>54.31</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>83.63</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3335,54 +3335,54 @@
       <c r="I36" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P36" s="4">
         <v>4.9</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3396,54 +3396,54 @@
       <c r="I37" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>197</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>203</v>
       </c>
       <c r="P37" s="4">
         <v>4.9</v>
       </c>
       <c r="Q37" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3457,54 +3457,54 @@
       <c r="I38" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>207</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P38" s="4">
         <v>17.61</v>
       </c>
       <c r="Q38" s="4">
-        <v>17.99</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>102.16</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3803,54 +3803,54 @@
       <c r="I44" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="P44" s="4">
         <v>151.77</v>
       </c>
       <c r="Q44" s="4">
-        <v>50.68</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>33.39</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>10</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3959,54 +3959,54 @@
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="7" t="s">
         <v>245</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="11"/>
       <c r="F47" s="7"/>
       <c r="G47" s="7"/>
       <c r="H47" s="14"/>
       <c r="I47" s="14"/>
       <c r="J47" s="14"/>
       <c r="K47" s="8"/>
       <c r="L47" s="8"/>
       <c r="M47" s="8"/>
       <c r="N47" s="8"/>
       <c r="O47" s="8">
         <v>896.94</v>
       </c>
       <c r="P47" s="8">
-        <v>440.66</v>
+        <v>0</v>
       </c>
       <c r="Q47" s="8">
-        <v>49.13</v>
+        <v>0</v>
       </c>
       <c r="R47" s="8"/>
       <c r="S47" s="8"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A47:N47"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>