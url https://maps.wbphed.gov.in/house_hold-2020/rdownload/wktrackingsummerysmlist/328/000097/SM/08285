--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1094,54 +1094,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>30.16</v>
       </c>
       <c r="Q4" s="4">
-        <v>25.87</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>85.78</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1155,54 +1155,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>30.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>5.81</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1837,54 +1837,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P17" s="4">
         <v>39.68</v>
       </c>
       <c r="Q17" s="4">
-        <v>32.95</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>83.05</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2580,88 +2580,88 @@
         <v>135</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>136</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P30" s="4">
         <v>4.47</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.49</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100.49</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>1</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>392.54</v>
       </c>
       <c r="P31" s="8">
-        <v>65.11</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>16.59</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>