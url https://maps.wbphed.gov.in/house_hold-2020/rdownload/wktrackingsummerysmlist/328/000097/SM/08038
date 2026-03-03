--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -3417,54 +3417,54 @@
       <c r="I41" s="13" t="s">
         <v>182</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P41" s="4">
         <v>18.01</v>
       </c>
       <c r="Q41" s="4">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3478,54 +3478,54 @@
       <c r="I42" s="13" t="s">
         <v>182</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>192</v>
       </c>
       <c r="P42" s="4">
         <v>15.65</v>
       </c>
       <c r="Q42" s="4">
-        <v>15.64</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>1</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3691,54 +3691,54 @@
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="7" t="s">
         <v>208</v>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="11"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="8"/>
       <c r="L46" s="8"/>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8">
         <v>676.94</v>
       </c>
       <c r="P46" s="8">
-        <v>33.64</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="8">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R46" s="8"/>
       <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>