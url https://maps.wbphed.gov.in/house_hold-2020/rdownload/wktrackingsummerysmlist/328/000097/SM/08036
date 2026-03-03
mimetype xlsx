--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1027,54 +1027,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>14.13</v>
       </c>
       <c r="Q3" s="4">
-        <v>14.12</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2293,54 +2293,54 @@
       <c r="I25" s="13" t="s">
         <v>128</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P25" s="4">
         <v>17.2</v>
       </c>
       <c r="Q25" s="4">
-        <v>14.03</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>81.56</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2388,54 +2388,54 @@
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>140</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>379.64</v>
       </c>
       <c r="P27" s="8">
-        <v>28.15</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>7.42</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>