--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -146,63 +146,63 @@
   <si>
     <t>Preparation of draft proposal including preparation of maps in KML file, DGPS Map, SOI Map, uploading of proposal in PARIVESH PORTAL for forest land diversion in 05 (five) number of scheme under JJM (Jal Jeevan Mission).</t>
   </si>
   <si>
     <t>Assistant Engineer I</t>
   </si>
   <si>
     <t>Junior Engineer IV</t>
   </si>
   <si>
     <t>ORD/000275/2023-2024</t>
   </si>
   <si>
     <t>1595/NKWSMD</t>
   </si>
   <si>
     <t>29/12/2023</t>
   </si>
   <si>
     <t>08/01/2024</t>
   </si>
   <si>
     <t>CIVIL ENGINEERING CONSULTANCY</t>
   </si>
   <si>
-    <t>ADDITIONAL WORK FOR HUM TUKDAH KHASMAHAL PIPED WATER SUPPLY SCHEME UNDER TAKDAH G.P. BLOCK: RANGLI RANGLIOT, DISTRICT-DARJEELING.</t>
-[...11 lines deleted...]
-    <t>12/03/2026</t>
+    <t>WATER SUPPLY SCHEME FOR HUM TUKDAH KHASMAHAL PIPED WATER SUPPLY SCHEME IN RANGLI RANGLIOT BLOCK UNDER DARJEELING DISTRICT.</t>
+  </si>
+  <si>
+    <t>ORD/000076/2023-2024</t>
+  </si>
+  <si>
+    <t>674/NKWSMD</t>
+  </si>
+  <si>
+    <t>12/07/2023</t>
+  </si>
+  <si>
+    <t>08/12/2024</t>
   </si>
   <si>
     <t>RAMESH AGARWAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -933,91 +933,91 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
-        <v>218</v>
+        <v>1210.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>951.07</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>78.55</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
-        <v>237.3</v>
+        <v>1230.11</v>
       </c>
       <c r="P7" s="8">
-        <v>0</v>
+        <v>951.07</v>
       </c>
       <c r="Q7" s="8">
-        <v>0</v>
+        <v>77.32</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>