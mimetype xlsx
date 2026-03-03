--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -936,88 +936,88 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>1210.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>951.07</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>78.55</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>1230.11</v>
       </c>
       <c r="P7" s="8">
-        <v>951.07</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>77.32</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>