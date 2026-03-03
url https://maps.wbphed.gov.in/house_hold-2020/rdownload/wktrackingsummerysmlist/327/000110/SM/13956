--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1114,88 +1114,88 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P9" s="4">
         <v>483</v>
       </c>
       <c r="Q9" s="4">
-        <v>131.02</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>27.13</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>517.33</v>
       </c>
       <c r="P10" s="8">
-        <v>131.02</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>25.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>