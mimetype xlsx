--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -711,54 +711,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>18.55</v>
       </c>
       <c r="Q3" s="4">
-        <v>18.31</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.71</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -802,54 +802,54 @@
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="11"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8">
         <v>19.02</v>
       </c>
       <c r="P5" s="8">
-        <v>18.31</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="8">
-        <v>96.28</v>
+        <v>0</v>
       </c>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A5:N5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>