--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -581,51 +581,51 @@
   <si>
     <t>1373/SWSD</t>
   </si>
   <si>
     <t>18/08/2023</t>
   </si>
   <si>
     <t>23/06/2024</t>
   </si>
   <si>
     <t>DEBASHIS SINHA</t>
   </si>
   <si>
     <t>Laying distribution system along with laying of rising main with interconnection at Kalkut Piped Water Supply Scheme (Zone-III) under JJM at Matigara Block, Darjeeling District, under Siliguri Sub Division, PHE Dte</t>
   </si>
   <si>
     <t>ORD/000128/2023-2024</t>
   </si>
   <si>
     <t>1241/SWSD</t>
   </si>
   <si>
     <t>16/08/2023</t>
   </si>
   <si>
-    <t>14/04/2024</t>
+    <t>25/05/2026</t>
   </si>
   <si>
     <t>MANAS KUMAR SAHA</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap Connection (FHTC) at Kalkut Zone-3 Command area of Augmentation of Kalkut PWSS in connection with JJM under Siliguri W/S Division P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000242/2024-2025</t>
   </si>
   <si>
     <t>483/SWSD</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>Construction of 550 cu.m. capacity R.C.C. Elevated, 20 mtrs. Staging height at the head works site and FHTC (Part-C) at KALKUT Piped W/S Scheme (Zone-3) under JJM of Matigara Block under Siliguri Sub Division, P.H.E. Dte. (SL No.01)</t>
   </si>
   <si>
     <t>ORD/000127/2024-2025</t>
   </si>
@@ -762,50 +762,86 @@
     <t>ORD/001065/2024-2025</t>
   </si>
   <si>
     <t>33/NMD</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
   <si>
     <t>SAIKAT SINHA</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap Connection along with platform under Jal Jeevan Mission for Kalkut Piped Water Supply Scheme (Zone-III) within Matigara Block under Siliguri Sub Division, P.H.E.Dte. (Part ¿ B).</t>
   </si>
   <si>
     <t>ORD/000020/2025-2026</t>
   </si>
   <si>
     <t>1094/SWSD</t>
   </si>
   <si>
     <t>11/04/2025</t>
   </si>
   <si>
     <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>Acceptance cum Work Order for Construction of boundary wall at 2nd tubewell site of Kalkut Piped Water Supply Scheme (Zone-II) with site development and other allied works under JJM within Matigara Block under Siliguri Sub Division, P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>ORD/000088/2023-2024</t>
+  </si>
+  <si>
+    <t>1025/SWSD</t>
+  </si>
+  <si>
+    <t>A.B. GANAPATI CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Providing Functional House Hold Tap Connection along with platform under Jal Jeevan Mission for Kalkut Piped Water Supply Scheme (Zone-II) within Matigara Block under Siliguri Sub Division, P.H.E. Dte. (Part-E)</t>
+  </si>
+  <si>
+    <t>ORD/000101/2023-2024</t>
+  </si>
+  <si>
+    <t>1032/SWSD</t>
+  </si>
+  <si>
+    <t>18/05/2026</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Providing Functional House Hold Tap Connection along with platform under Jal Jeevan Mission for Kalkut Piped Water Supply Scheme (Zone-II) within Matigara Block under Siliguri Sub Division, P.H.E. Dte. (Part-A).</t>
+  </si>
+  <si>
+    <t>ORD/000100/2023-2024</t>
+  </si>
+  <si>
+    <t>1031/SWSD</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1194,51 +1230,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3966,87 +4002,270 @@
       </c>
       <c r="N46" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P46" s="4">
         <v>58.79</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
-      <c r="A47" s="7" t="s">
+      <c r="A47" s="3">
+        <v>45</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="13" t="s">
         <v>250</v>
       </c>
-      <c r="B47" s="7"/>
-[...22 lines deleted...]
-      <c r="S47" s="8"/>
+      <c r="I47" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="M47" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N47" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O47" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="P47" s="4">
+        <v>7.63</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>0</v>
+      </c>
+      <c r="R47" s="4">
+        <v>0</v>
+      </c>
+      <c r="S47" s="4">
+        <v>75</v>
+      </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
+    <row r="48" spans="1:23">
+      <c r="A48" s="3">
+        <v>46</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J48" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N48" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="O48" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="P48" s="4">
+        <v>9.71</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>0</v>
+      </c>
+      <c r="R48" s="4">
+        <v>0</v>
+      </c>
+      <c r="S48" s="4">
+        <v>100</v>
+      </c>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" s="3">
+        <v>47</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="I49" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J49" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="L49" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="M49" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N49" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="O49" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="P49" s="4">
+        <v>4.85</v>
+      </c>
+      <c r="Q49" s="4">
+        <v>0</v>
+      </c>
+      <c r="R49" s="4">
+        <v>0</v>
+      </c>
+      <c r="S49" s="4">
+        <v>100</v>
+      </c>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="14"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="14"/>
+      <c r="K50" s="8"/>
+      <c r="L50" s="8"/>
+      <c r="M50" s="8"/>
+      <c r="N50" s="8"/>
+      <c r="O50" s="8">
+        <v>23572.09</v>
+      </c>
+      <c r="P50" s="8">
+        <v>470.17</v>
+      </c>
+      <c r="Q50" s="8">
+        <v>1.99</v>
+      </c>
+      <c r="R50" s="8"/>
+      <c r="S50" s="8"/>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A47:N47"/>
+    <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>