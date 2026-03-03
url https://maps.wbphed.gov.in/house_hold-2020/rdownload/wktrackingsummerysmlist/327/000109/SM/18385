--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2247,54 +2247,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>4.68</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.36</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2422,54 +2422,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="4">
         <v>164.68</v>
       </c>
       <c r="Q20" s="4">
-        <v>97.41</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>59.16</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>1</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2483,54 +2483,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P21" s="4">
         <v>21.28</v>
       </c>
       <c r="Q21" s="4">
-        <v>6.81</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>32.01</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>31</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2544,54 +2544,54 @@
       <c r="I22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P22" s="4">
         <v>57.97</v>
       </c>
       <c r="Q22" s="4">
-        <v>20.78</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>35.85</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>30</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2727,54 +2727,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P25" s="4">
         <v>5.63</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.63</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>90</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3195,54 +3195,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P33" s="4">
         <v>152.43</v>
       </c>
       <c r="Q33" s="4">
-        <v>89.96</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>59.02</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>90</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3256,54 +3256,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P34" s="4">
         <v>226.29</v>
       </c>
       <c r="Q34" s="4">
-        <v>124.47</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>55.01</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>60</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3317,54 +3317,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P35" s="4">
         <v>358.73</v>
       </c>
       <c r="Q35" s="4">
-        <v>111.45</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>31.07</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>29</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3500,54 +3500,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P38" s="4">
         <v>128.48</v>
       </c>
       <c r="Q38" s="4">
-        <v>9.01</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>7.01</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>30</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -4205,54 +4205,54 @@
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="7" t="s">
         <v>262</v>
       </c>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="11"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8">
         <v>23572.09</v>
       </c>
       <c r="P50" s="8">
-        <v>470.17</v>
+        <v>0</v>
       </c>
       <c r="Q50" s="8">
-        <v>1.99</v>
+        <v>0</v>
       </c>
       <c r="R50" s="8"/>
       <c r="S50" s="8"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>