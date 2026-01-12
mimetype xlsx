--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -218,51 +218,51 @@
   <si>
     <t>ORD/000001/2023-2024</t>
   </si>
   <si>
     <t>1415/CDD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>Part Work order for 150 cu.m capacity R.C.C. elevated reservoir, 20 mtrs staging height at the head works site along with distribution system, functional household tap connection, rising main, pump house (2 nos), IEP, boundary wall and tubewell under Jal Jeevan Mission for Jogibhita Piped Water Supply Scheme under Phansidewa block under Siliguri Sub Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000226/2023-2024</t>
   </si>
   <si>
     <t>1979/SWSD</t>
   </si>
   <si>
     <t>26/10/2023</t>
   </si>
   <si>
-    <t>01/11/2025</t>
+    <t>01/07/2026</t>
   </si>
   <si>
     <t>M/S UTPAL CHAKRABORTY &amp; CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>