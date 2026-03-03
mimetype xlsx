--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -819,54 +819,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>2.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.83</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -941,54 +941,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>67.69</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.25</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>9.23</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>10</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1278,54 +1278,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>21723.32</v>
       </c>
       <c r="P11" s="8">
-        <v>8.95</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>