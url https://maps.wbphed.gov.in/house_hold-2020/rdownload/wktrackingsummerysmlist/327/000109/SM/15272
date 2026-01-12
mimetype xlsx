--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -962,51 +962,51 @@
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>52.8</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>