--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -907,54 +907,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>10.38</v>
       </c>
       <c r="Q4" s="4">
-        <v>10.37</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1082,54 +1082,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>90.32</v>
       </c>
       <c r="Q7" s="4">
-        <v>57.23</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.37</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1143,54 +1143,54 @@
       <c r="I8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>11</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1360,54 +1360,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>21639.49</v>
       </c>
       <c r="P12" s="8">
-        <v>72.25</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>