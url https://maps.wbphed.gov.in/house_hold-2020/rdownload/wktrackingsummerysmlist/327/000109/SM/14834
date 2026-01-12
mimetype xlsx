--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -122,87 +122,111 @@
   <si>
     <t>25/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Construction the boring of Odex-165 tubewell, laying distribution, iron elimination plant, pump house boundary wall, TW all complete for Augmentation of Bairagi Piped Water Supply Scheme under Kharibari block under Siliguri Sub Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer(Civil)</t>
   </si>
   <si>
     <t>Junior Engineer (Civil)</t>
   </si>
   <si>
     <t>ORD/000043/2023-2024</t>
   </si>
   <si>
     <t>653/SWSD</t>
   </si>
   <si>
     <t>15/06/2023</t>
   </si>
   <si>
-    <t>10/05/2024</t>
+    <t>31/03/2026</t>
   </si>
   <si>
     <t>NARAYAN CH GHOSH</t>
   </si>
   <si>
     <t>Northern Mechanical</t>
   </si>
   <si>
     <t>Quotation Charges for New Service Connection at Bairagi PWSS,TW-I under NMD PHE Dte. Application No- 4003340167 Ref ID- 403162856</t>
   </si>
   <si>
     <t>BILL/01009/2024-2025</t>
   </si>
   <si>
     <t>BP/24-25/167</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>Laying distribution of HDPE pipe line, sluice valve chamber, construction of boundary wall including drain &amp; paver block pathway for Augmentation at Bairagi Water Supply Scheme, 2nd tubewell site of Khoribari block under Siliguri Sub Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000040/2023-2024</t>
   </si>
   <si>
     <t>644/SWSD</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>M/S SHIVAJI ROY</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for AUGMENTATION OF BAIRAGI PIPED WATER SUPPLY SCHEME , TW No I in the district of Darjeeling under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000450/2023-2024</t>
+  </si>
+  <si>
+    <t>1389/NMD</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>12/03/2025</t>
+  </si>
+  <si>
+    <t>M/S ANJALI ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -591,51 +615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -943,87 +967,148 @@
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>22.4</v>
       </c>
       <c r="Q6" s="4">
         <v>7.43</v>
       </c>
       <c r="R6" s="4">
         <v>33.15</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
-      <c r="A7" s="7" t="s">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="7"/>
-[...22 lines deleted...]
-      <c r="S7" s="8"/>
+      <c r="I7" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" s="4">
+        <v>12.38</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>112.84</v>
+      </c>
+      <c r="P8" s="8">
+        <v>29.43</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>26.08</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>