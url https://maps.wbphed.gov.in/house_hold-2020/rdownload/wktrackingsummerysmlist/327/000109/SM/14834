--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -835,54 +835,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>66.78</v>
       </c>
       <c r="Q4" s="4">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>32.95</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>45</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -953,54 +953,54 @@
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>22.4</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>33.15</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1048,54 +1048,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>112.84</v>
       </c>
       <c r="P8" s="8">
-        <v>29.43</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>26.08</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>