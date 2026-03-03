--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -873,54 +873,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.6</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1471,54 +1471,54 @@
       <c r="I13" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q13" s="4">
-        <v>24.77</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>11</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1597,88 +1597,88 @@
       <c r="I15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P15" s="4">
         <v>45.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>34.25</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>74.56</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>75</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>22646.48</v>
       </c>
       <c r="P16" s="8">
-        <v>62.62</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>