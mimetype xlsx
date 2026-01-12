--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -143,51 +143,51 @@
   <si>
     <t>2044/SWSD</t>
   </si>
   <si>
     <t>16/12/2022</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Construction of 200 Cu.M. capacity RCC Elevated Reservoir of 20 mtr. Staging Height with laying distribution system, soil investigation, rising main, boring of deep tubewells by ODEX-165, construction of pump houses with toilet, boundary wall at head works 2nd tubewell &amp; 3rd Tubewell sites with necessary interconnection, providing FHTC with platform with other allied works under Jal Jeevan Mission for PATHAR HIRHIRAR CHHAT piped W/S scheme of Phansidewa Block under Siliguri Sub Division PHE Dte. ( Sl No. 08)</t>
   </si>
   <si>
     <t>Assistant Engineer(Civil)</t>
   </si>
   <si>
     <t>ORD/000075/2023-2024</t>
   </si>
   <si>
     <t>859/SWSD</t>
   </si>
   <si>
     <t>12/07/2023</t>
   </si>
   <si>
-    <t>03/01/2026</t>
+    <t>16/08/2026</t>
   </si>
   <si>
     <t>SUBIR CH. CHOWDHURY</t>
   </si>
   <si>
     <t>RTOR000043/2023-2024</t>
   </si>
   <si>
     <t>68/SWSD</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>Northern Mechanical</t>
   </si>
   <si>
     <t>New Service Connection Charge for PATHAR HARHARIAR CHHAT, T/W No. I, under NAXALBARI CCC [APPLICATION NO. 4003299733 ; Reference ID : 403131317]</t>
   </si>
   <si>
     <t>BILL/01739/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/224</t>
   </si>