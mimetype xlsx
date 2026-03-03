--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -889,54 +889,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.09</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.03</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1011,54 +1011,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>403.68</v>
       </c>
       <c r="Q5" s="4">
-        <v>249.1</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>61.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1310,54 +1310,54 @@
       <c r="I10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>11</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1596,54 +1596,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>22018.73</v>
       </c>
       <c r="P15" s="8">
-        <v>256.81</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>1.17</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>