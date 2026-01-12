--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -164,51 +164,51 @@
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>New Service Connection Charge for RANGALI, T/W I, under KHARIBARI CCC [APPLICATION NO. 4003208350 ; Reference ID : 403057203]</t>
   </si>
   <si>
     <t>BILL/00994/2023-2024</t>
   </si>
   <si>
     <t>Construction of l00 cu.m. capacity RCC Elevated Reseervoir, 20 mtrs. Staging height at the head works site, laying rising main, laying distribution pipeline with functional household tap connection (FHTC), construction of 2 (two) nos. pump house (5.40 X 3.60 m), Iron elimination plant (IEP) with blower room, sinking of 2 (two) nos. tubewell (ODEX-165 method) and soil investigation at H/W site for RANGALI PWSS, block : Kharibari, Dist. Darjeeling under Siliguri W/S Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000316/2022-2023</t>
   </si>
   <si>
     <t>2918/SWSD</t>
   </si>
   <si>
     <t>24/03/2023</t>
   </si>
   <si>
-    <t>15/06/2024</t>
+    <t>01/04/2025</t>
   </si>
   <si>
     <t>M/S BIRAT CONSTRUCTION</t>
   </si>
   <si>
     <t>Yard lighting arrangement at Head Work Site for Different PWSS under JJM in the BLOCK: KHARIBARI, DISTRICT: DARJEELING under Northern Mechanical Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/001069/2024-2025</t>
   </si>
   <si>
     <t>37/NMD</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
@@ -243,50 +243,68 @@
     <t>14/05/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Work Order for Construction of Boundary Wall at H/W &amp; 2nd T/W Site Augmentation RANGALI PWSS SCHEME Block Kharibari under Siliguri W/S Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000019/2025-2026</t>
   </si>
   <si>
     <t>1361/SWSD</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>S.G.CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for AUGMENTATION OF RANGALI PIPED WATER SUPPLY SCHEME , TW No I and II in the district of Darjeeling under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000782/2023-2024</t>
+  </si>
+  <si>
+    <t>1646/NMD</t>
+  </si>
+  <si>
+    <t>29/09/2023</t>
+  </si>
+  <si>
+    <t>08/02/2025</t>
+  </si>
+  <si>
+    <t>TAPAN BISWAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -675,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1328,87 +1346,148 @@
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>18.14</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="B12" s="7"/>
-[...22 lines deleted...]
-      <c r="S12" s="8"/>
+      <c r="I12" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" s="4">
+        <v>10.99</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>10.96</v>
+      </c>
+      <c r="R12" s="4">
+        <v>99.73</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>479.57</v>
+      </c>
+      <c r="P13" s="8">
+        <v>178.52</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>37.22</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>