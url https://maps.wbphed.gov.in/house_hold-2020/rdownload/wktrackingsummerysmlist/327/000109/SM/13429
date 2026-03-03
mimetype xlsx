--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -913,54 +913,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.77</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1088,54 +1088,54 @@
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>217.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>164.79</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>75.9</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>10</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1393,88 +1393,88 @@
       <c r="I12" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>10.99</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.96</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>479.57</v>
       </c>
       <c r="P13" s="8">
-        <v>178.52</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>37.22</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>