--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -146,87 +146,72 @@
   <si>
     <t>17/02/2023</t>
   </si>
   <si>
     <t>19/03/2023</t>
   </si>
   <si>
     <t>MAA BHABOTARINE ENTERPRISE</t>
   </si>
   <si>
     <t>New Service Connection Charge for rrjuvenation of Dhulia PWSS, TW No. I, NAXALBARI CCC [APPLICATION NO. 4003144973 ; Reference ID : 403013028]</t>
   </si>
   <si>
     <t>BILL/00040/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/11</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
-    <t>Laying distribution system along with boring of new tubewell, construction of pump house, boundary wall and providing FHTC at Singbhita, Dhulia, Dhuliar Chhat, Dakua, Tharu Bhita, Dagdhu mouza under JJM/Jal Swapna in connection with rejuvenation of DHULIA PIPED WATER SUPPLY SCHEME under Kharibari block, Darjeeling District under Siliguri Sub Division, PHD Dte.</t>
+    <t>Additional work (Including repairing of damaged house connection , Pipeline extention of existing pipeline etc) at Singbhita, Dhulia, Dhuliar Chhat, Dakua, Tharu Bhita, Dagdhu mouza under Jal Jeevan Mission in connection with rejuvenation of DHULIA PIPED WATER SUPPLY SCHEME under Kharibari block, Darjeeling District under Siliguri W/S Division, PHD Dte</t>
   </si>
   <si>
     <t>Assistant Engineer(Civil)</t>
   </si>
   <si>
     <t>Junior Engineer (Civil)</t>
   </si>
   <si>
-    <t>ORD/000246/2022-2023</t>
-[...8 lines deleted...]
-    <t>07/03/2023</t>
+    <t>ORD/000142/2024-2025</t>
+  </si>
+  <si>
+    <t>2536/SWSD</t>
+  </si>
+  <si>
+    <t>18/09/2024</t>
+  </si>
+  <si>
+    <t>02/02/2025</t>
   </si>
   <si>
     <t>KAMAL GHOSH</t>
-  </si>
-[...13 lines deleted...]
-    <t>02/02/2025</t>
   </si>
   <si>
     <t>Acceptance cum Work Order for IMPROVEMENT OF EXISTING PIPELINE &amp; FHTC DUE TO ROAD &amp; DRAIN CONSTRUCTION at Singbhita, Dhulia, Dhuliar Chhat, Dakua, Tharu Bhita, Dagdhu mouza under JJM/Jal Swapna in connection with rejuvenation of DHULIA PIPED WATER SUPPLY SCHEME under Kharibari block, Darjeeling District under Siliguri Sub Division, PHD Dte.</t>
   </si>
   <si>
     <t>ORD/000010/2025-2026</t>
   </si>
   <si>
     <t>1236/SWSD</t>
   </si>
   <si>
     <t>24/04/2025</t>
   </si>
   <si>
     <t>24/05/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -630,51 +615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -965,60 +950,60 @@
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
-        <v>53.81</v>
+        <v>7.7</v>
       </c>
       <c r="Q6" s="4">
-        <v>53.08</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.65</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
@@ -1026,165 +1011,104 @@
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
-        <v>7.7</v>
+        <v>16.83</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...18 lines deleted...]
-      <c r="H8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>37</v>
+      </c>
+      <c r="P8" s="8">
+        <v>7.47</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>20.18</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>