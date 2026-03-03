--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -835,54 +835,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>10.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>69.37</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>70</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1048,54 +1048,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>37</v>
       </c>
       <c r="P8" s="8">
-        <v>7.47</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>20.18</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>