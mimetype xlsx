--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -258,50 +258,71 @@
     <t>21/09/2023</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Construction of 200 Cu.M &amp; 150 cum capacity RCC Elevated Reservoir each of 20 mtrs Staging Height at the head works sites,laying rising main,Laying distribution pipeline with Functional Household Tap Connection (FHTC), construction of Two number pump houses(5.40 X 3.60 m),Two number pump houses (3.00 X 3.60 m), Iron Elimination Plant (IEP) with Blower room ,Sinking of four (4) nos Tube well (ODEX-165 method),Soil Investigation at H/W sites and Boundary wall for BARA ADALPUR DWITYA KHANDA PWSS (ZONE I &amp; II) Block:Matigara,Dist: Darjeeling under Siliguri W/S Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>ORD/000109/2023-2024</t>
   </si>
   <si>
     <t>1150/SWSD</t>
   </si>
   <si>
     <t>08/08/2023</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>MAHADEO PRASAD AGARWAL &amp; CO</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for BARA ADALPUR DWITIYA KHANDA PIPED WATER SUPPLY SCHEME, (Zone-I) TW No. I, II in the district of Darjeeling under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000751/2023-2024</t>
+  </si>
+  <si>
+    <t>1579/NMD</t>
+  </si>
+  <si>
+    <t>08/09/2023</t>
+  </si>
+  <si>
+    <t>02/08/2025</t>
+  </si>
+  <si>
+    <t>CHOWDHURY AND BASU ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -690,51 +711,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1469,87 +1490,150 @@
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>510.38</v>
       </c>
       <c r="Q13" s="4">
         <v>221.38</v>
       </c>
       <c r="R13" s="4">
         <v>43.38</v>
       </c>
       <c r="S13" s="4">
         <v>80</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="B14" s="7"/>
-[...22 lines deleted...]
-      <c r="S14" s="8"/>
+      <c r="I14" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" s="4">
+        <v>23.46</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>19.51</v>
+      </c>
+      <c r="R14" s="4">
+        <v>83.17</v>
+      </c>
+      <c r="S14" s="4">
+        <v>100</v>
+      </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>21973.98</v>
+      </c>
+      <c r="P15" s="8">
+        <v>255.92</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>1.16</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>