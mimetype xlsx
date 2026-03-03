--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -874,54 +874,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.82</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.81</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.36</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1114,54 +1114,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>21.57</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>13.24</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1413,54 +1413,54 @@
       <c r="I12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.37</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>11</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1476,54 +1476,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>510.38</v>
       </c>
       <c r="Q13" s="4">
-        <v>221.38</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>43.38</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>80</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1539,88 +1539,88 @@
       <c r="I14" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>23.46</v>
       </c>
       <c r="Q14" s="4">
-        <v>19.51</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>83.17</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>21973.98</v>
       </c>
       <c r="P15" s="8">
-        <v>255.92</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>1.16</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>