--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -221,51 +221,51 @@
   <si>
     <t>BP/23-24/218</t>
   </si>
   <si>
     <t>19/01/2024</t>
   </si>
   <si>
     <t>New Service Connection Charge for BANDARGACHA, T/W No. II, under PHANSIDEWAI CCC [APPLICATION NO.4003298928 ; Reference ID : 403128850]</t>
   </si>
   <si>
     <t>BILL/01784/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/219</t>
   </si>
   <si>
     <t>Construction of Pump House (4 Nos.) (5.4 X 3.60) size with (1.35 X 2.10 m) size with toilet. Plinth protection etc. installation of IEP and boundary wall at Zone-II, Zone-III, Zone-IV &amp; Zone-V of BANDARGACHH Piped Water Supply Scheme at Phansidewa block under Siliguri Sub Division, P.H.E. Dte. in the dist. of Darjeeling.</t>
   </si>
   <si>
     <t>ORD/000034/2023-2024</t>
   </si>
   <si>
     <t>647/SWSD</t>
   </si>
   <si>
-    <t>01/11/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>Construction of 250 cu.m. capacity R.C.C. Overhead Reservoir, 20 mtrs. Staging height including laying distribution system and allied with providing functional household tap connection (FHTC) at distribution pipeline of BANDARGACHH and adjoining mouza's water supply scheme within Phansidewa block under Siliguri Sub Division, P.H.E. Dte. Sl. No. A.</t>
   </si>
   <si>
     <t>ORD/000055/2022-2023</t>
   </si>
   <si>
     <t>817/SWSD</t>
   </si>
   <si>
     <t>19/07/2022</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>ANUGRAH CONSTRUCTION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Work order of " Construction Of 300 Cu.M. capacity R.C.C. Elevated Reservoir , 20 Mtrs. Staging Height at the Head works site at Augmentation of Bandargacha Piped water supply scheme under Phansidewa Block under Siliguri W/S Division, P.H.E. Dte."</t>
   </si>
   <si>
     <t>ORD/000205/2024-2025</t>
   </si>