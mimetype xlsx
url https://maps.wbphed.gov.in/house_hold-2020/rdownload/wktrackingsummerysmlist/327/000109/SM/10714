--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -925,54 +925,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>3.21</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>18.44</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1100,54 +1100,54 @@
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>30.05</v>
       </c>
       <c r="Q7" s="4">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>79.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1332,54 +1332,54 @@
       <c r="I11" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P11" s="4">
         <v>91.93</v>
       </c>
       <c r="Q11" s="4">
-        <v>34.74</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>37.78</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>30</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1393,54 +1393,54 @@
       <c r="I12" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>441.79</v>
       </c>
       <c r="Q12" s="4">
-        <v>178.96</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>40.51</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>25</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>779.64</v>
       </c>
       <c r="P15" s="8">
-        <v>238.28</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>30.56</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>