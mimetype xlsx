--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -922,54 +922,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>8.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>79.53</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -983,54 +983,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.47</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.19</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.57</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1158,54 +1158,54 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>23</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.05</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>61.09</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1276,54 +1276,54 @@
       <c r="I10" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>529.56</v>
       </c>
       <c r="Q10" s="4">
-        <v>59.66</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>11.27</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1432,54 +1432,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1176.11</v>
       </c>
       <c r="P13" s="8">
-        <v>84.37</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>7.17</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>