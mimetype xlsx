--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -551,111 +551,111 @@
   <si>
     <t>07/08/2024</t>
   </si>
   <si>
     <t>Laying distribution system and providing functional house hold tap connection under Jal Jeevan Mission &amp; Jal Swapno programme at Budhkaran (Part) &amp; Geni (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Budhkaran Zone) within Naxalbari block, Darjeeling dist. under Siliguri Sub Division, PHE Dte. SL. NO. 16.</t>
   </si>
   <si>
     <t>ORD/000141/2021-2022</t>
   </si>
   <si>
     <t>2438/SWSD</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
     <t>Laying distribution system and Providing Functional House Hold Tap Connection under Jal Jeevan Mission and Jal Swapno Programme at Geni (Part) and Bhimram (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Khalpara Zone) under Naxalbari Block, Darjeeling District under Siliguri Sub Division, P.H.E Dte. Sl. No. 05.</t>
   </si>
   <si>
     <t>ORD/000076/2022-2023</t>
   </si>
   <si>
     <t>849/SWSD</t>
   </si>
   <si>
-    <t>10/12/2025</t>
+    <t>04/03/2026</t>
   </si>
   <si>
     <t>AKASH ENTERPRISE</t>
   </si>
   <si>
+    <t>Laying distribution system and Providing Functional House Hold Tap Connection under Jal Jeevan Mission and Jal Swapno Programme at Geni (Part) Kamala (Part) and Naxalbari (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Kalibari Zone) under Naxalbari Block Darjeeling District under Siliguri Sub Division, P.H.E Dte. Sl. No. 16.</t>
+  </si>
+  <si>
+    <t>ORD/000086/2022-2023</t>
+  </si>
+  <si>
+    <t>859/SWSD</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>PALLAB BHOWAL</t>
+  </si>
+  <si>
+    <t>Laying distribution system and Providing Functional House Hold Tap Connection under Jal Jeevan Mission and Jal Swapno Programme at Geni (Part) and Bhimram (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Rathkhola Bhimram Zone) under Naxalbari Block Darjeeling District under Siliguri Sub Division, P.H.E Dte. Sl. No. 15.</t>
+  </si>
+  <si>
+    <t>ORD/000085/2022-2023</t>
+  </si>
+  <si>
+    <t>858/SWSD</t>
+  </si>
+  <si>
+    <t>11/03/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system and providing functional household tap connection under Jal Jeevan Mission and Jal Swapno Programme at Dayaram (Part) &amp; Bhimram (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Kotia Zone) under Naxalbari block, Darjeeling District, under Siliguri Sub Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000137/2023-2024</t>
+  </si>
+  <si>
+    <t>1405/SWSD</t>
+  </si>
+  <si>
+    <t>21/08/2023</t>
+  </si>
+  <si>
+    <t>16/03/2025</t>
+  </si>
+  <si>
+    <t>THE HINDUSTHAN CO. OP. LABOUR CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
+  </si>
+  <si>
     <t>Laying distribution system and providing functional house hold tap connection under Jal Jeevan Mission &amp; Jal Swapno Programme at Budhkraran (Part) &amp; Geni (Part) mouza in connection with Augmentation of Naxalbari Piped Water Supply Scheme (Roypara Zone) under Naxalbari block, Darjeeling Dist. under Siliguri Sub Division, P.H.E. Dte. SL. NO. 17.</t>
   </si>
   <si>
     <t>ORD/000005/2022-2023</t>
   </si>
   <si>
     <t>37/SWSD</t>
   </si>
   <si>
     <t>01/01/2026</t>
-  </si>
-[...43 lines deleted...]
-    <t>THE HINDUSTHAN CO. OP. LABOUR CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3046,252 +3046,252 @@
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>181</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>50</v>
+        <v>185</v>
       </c>
       <c r="P34" s="4">
-        <v>138.01</v>
+        <v>129.79</v>
       </c>
       <c r="Q34" s="4">
-        <v>119.42</v>
+        <v>60.83</v>
       </c>
       <c r="R34" s="4">
-        <v>86.53</v>
+        <v>46.86</v>
       </c>
       <c r="S34" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>189</v>
+        <v>127</v>
       </c>
       <c r="P35" s="4">
-        <v>129.79</v>
+        <v>90</v>
       </c>
       <c r="Q35" s="4">
-        <v>60.83</v>
+        <v>30.47</v>
       </c>
       <c r="R35" s="4">
-        <v>46.86</v>
+        <v>33.85</v>
       </c>
       <c r="S35" s="4">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>190</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>64</v>
+        <v>193</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="O36" s="4" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
       <c r="P36" s="4">
-        <v>90</v>
+        <v>127.6</v>
       </c>
       <c r="Q36" s="4">
-        <v>30.47</v>
+        <v>82.89</v>
       </c>
       <c r="R36" s="4">
-        <v>33.85</v>
+        <v>64.96</v>
       </c>
       <c r="S36" s="4">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>197</v>
+        <v>115</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>199</v>
+        <v>50</v>
       </c>
       <c r="P37" s="4">
-        <v>127.6</v>
+        <v>138.01</v>
       </c>
       <c r="Q37" s="4">
-        <v>82.89</v>
+        <v>119.42</v>
       </c>
       <c r="R37" s="4">
-        <v>64.96</v>
+        <v>86.53</v>
       </c>
       <c r="S37" s="4">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>1606.51</v>