--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1205,54 +1205,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.85</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1323,54 +1323,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>4.15</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>95.5</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1445,54 +1445,54 @@
       <c r="I7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>4.17</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.59</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1506,54 +1506,54 @@
       <c r="I8" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>4.17</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>95.59</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1748,54 +1748,54 @@
         <v>76</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>1.48</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>39.7</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1809,54 +1809,54 @@
       <c r="I13" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>4.18</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>95.54</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1870,54 +1870,54 @@
       <c r="I14" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>4.18</v>
       </c>
       <c r="Q14" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>95.37</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2273,54 +2273,54 @@
       <c r="I21" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>137.11</v>
       </c>
       <c r="Q21" s="4">
-        <v>74.73</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>54.5</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>60</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
       <c r="I22" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P22" s="4">
         <v>69.9</v>
       </c>
       <c r="Q22" s="4">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>91.56</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2395,54 +2395,54 @@
       <c r="I23" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P23" s="4">
         <v>83.65</v>
       </c>
       <c r="Q23" s="4">
-        <v>74.4</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>88.94</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>2</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2456,54 +2456,54 @@
       <c r="I24" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P24" s="4">
         <v>67.02</v>
       </c>
       <c r="Q24" s="4">
-        <v>66.26</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>98.88</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2513,54 +2513,54 @@
       </c>
       <c r="H25" s="13" t="s">
         <v>132</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P25" s="4">
         <v>34.09</v>
       </c>
       <c r="Q25" s="4">
-        <v>29.75</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>87.25</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>90</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2574,54 +2574,54 @@
       <c r="I26" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P26" s="4">
         <v>81.01</v>
       </c>
       <c r="Q26" s="4">
-        <v>78.54</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>96.95</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2635,54 +2635,54 @@
       <c r="I27" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P27" s="4">
         <v>46.37</v>
       </c>
       <c r="Q27" s="4">
-        <v>38.16</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>82.3</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2696,54 +2696,54 @@
       <c r="I28" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P28" s="4">
         <v>32.88</v>
       </c>
       <c r="Q28" s="4">
-        <v>32.74</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2757,54 +2757,54 @@
       <c r="I29" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="P29" s="4">
         <v>91.79</v>
       </c>
       <c r="Q29" s="4">
-        <v>90.19</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>98.26</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2818,54 +2818,54 @@
       <c r="I30" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P30" s="4">
         <v>1.91</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.89</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>98.71</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2936,54 +2936,54 @@
       <c r="I32" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P32" s="4">
         <v>92.59</v>
       </c>
       <c r="Q32" s="4">
-        <v>59.53</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>64.3</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>81</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2997,54 +2997,54 @@
       <c r="I33" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="P33" s="4">
         <v>96.94</v>
       </c>
       <c r="Q33" s="4">
-        <v>52.92</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>54.59</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>85</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3058,54 +3058,54 @@
       <c r="I34" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P34" s="4">
         <v>129.79</v>
       </c>
       <c r="Q34" s="4">
-        <v>60.83</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>46.86</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3119,54 +3119,54 @@
       <c r="I35" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P35" s="4">
         <v>90</v>
       </c>
       <c r="Q35" s="4">
-        <v>30.47</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>33.85</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>50</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3180,54 +3180,54 @@
       <c r="I36" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P36" s="4">
         <v>127.6</v>
       </c>
       <c r="Q36" s="4">
-        <v>82.89</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>64.96</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>70</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3241,88 +3241,88 @@
       <c r="I37" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P37" s="4">
         <v>138.01</v>
       </c>
       <c r="Q37" s="4">
-        <v>119.42</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>86.53</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>1606.51</v>
       </c>
       <c r="P38" s="8">
-        <v>982.06</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>61.13</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>