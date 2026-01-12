--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -302,51 +302,51 @@
   <si>
     <t>ORD/000166/2022-2023</t>
   </si>
   <si>
     <t>1326/SWSD</t>
   </si>
   <si>
     <t>14/09/2022</t>
   </si>
   <si>
     <t>29/10/2022</t>
   </si>
   <si>
     <t>M/S NIRANJAN SARKAR</t>
   </si>
   <si>
     <t>Laying distribution system of pipeline (Part-E) at Chamta and adjoining mouzas Water Supply Scheme within Matigara block under Siliguri Sub Division, P.H.E. Dte. (Part-E). (2ND CALL) Sl. No. 03.</t>
   </si>
   <si>
     <t>ORD/000071/2022-2023</t>
   </si>
   <si>
     <t>876/SWSD</t>
   </si>
   <si>
-    <t>05/03/2025</t>
+    <t>29/05/2025</t>
   </si>
   <si>
     <t>SUBIR CH. CHOWDHURY</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for AUGMENTATION OF CHAMTA PIPED WATER SUPPLY SCHEME , TW No I in the district of Darjeeling under Northern Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000795/2022-2023</t>
   </si>
   <si>
     <t>109/NMD</t>
   </si>
   <si>
     <t>03/02/2023</t>
   </si>
   <si>
     <t>05/03/2023</t>
   </si>