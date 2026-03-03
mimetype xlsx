--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -941,54 +941,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.97</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.97</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1114,54 +1114,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>170.09</v>
       </c>
       <c r="Q6" s="4">
-        <v>68.13</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>40.06</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1175,54 +1175,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>109.33</v>
       </c>
       <c r="Q7" s="4">
-        <v>75.13</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>68.72</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1236,54 +1236,54 @@
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>71.84</v>
       </c>
       <c r="Q8" s="4">
-        <v>57.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>79.57</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>92</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1582,54 +1582,54 @@
       <c r="I14" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P14" s="4">
         <v>78.93</v>
       </c>
       <c r="Q14" s="4">
-        <v>66.1</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>83.75</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>70</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1641,54 +1641,54 @@
         <v>82</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P15" s="4">
         <v>89.17</v>
       </c>
       <c r="Q15" s="4">
-        <v>66.87</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>74.99</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1700,54 +1700,54 @@
         <v>87</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>46.36</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>10.48</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1761,54 +1761,54 @@
       <c r="I17" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="4">
         <v>104.02</v>
       </c>
       <c r="Q17" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>95.24</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>92</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1822,54 +1822,54 @@
       <c r="I18" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>10.96</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.52</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>86.82</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1917,54 +1917,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>909.24</v>
       </c>
       <c r="P20" s="8">
-        <v>448.81</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>49.36</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>