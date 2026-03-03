--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1079,54 +1079,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>41.47</v>
       </c>
       <c r="Q5" s="4">
-        <v>32.72</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>78.91</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1445,54 +1445,54 @@
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>57.37</v>
       </c>
       <c r="Q11" s="4">
-        <v>15.03</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>26.19</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1567,54 +1567,54 @@
       <c r="I13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>3.21</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1628,54 +1628,54 @@
       <c r="I14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>0.12</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>236.66</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1921,54 +1921,54 @@
       <c r="I19" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P19" s="4">
         <v>46.7</v>
       </c>
       <c r="Q19" s="4">
-        <v>35.43</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>75.86</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>75</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2012,54 +2012,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1466.05</v>
       </c>
       <c r="P21" s="8">
-        <v>84.11</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>5.74</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>