--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -347,51 +347,51 @@
   <si>
     <t>BILL/02022/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/311</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
     <t>Infrastructure Cost for LAHUGAON T/W No. II, ZONE-II, under BIDHANNAGAR CCC , [APPLICATION NO. 4003320704, Reference ID : 403147041]</t>
   </si>
   <si>
     <t>BILL/02023/2023-2024</t>
   </si>
   <si>
     <t>Laying distribution system (Part-B) allied with providing functional household tap connection (FHTC) under Jal Swapno and Jal Jeevan Mission at distribution pipeline (Part-B) of Lahugaon and adjoining mouzas Water Supply Scheme within Phansidewa block under Siliguri Sub Division, P.H.E. Dte. SL. NO. 02.</t>
   </si>
   <si>
     <t>ORD/000133/2021-2022</t>
   </si>
   <si>
     <t>2430/SWSD</t>
   </si>
   <si>
-    <t>30/09/2025</t>
+    <t>15/02/2026</t>
   </si>
   <si>
     <t>SUBIR CH. CHOWDHURY</t>
   </si>
   <si>
     <t>Laying distribution system (Part-C) allied with providing functional household tap connection (FHTC) under Jal Swapno and Jal Jeevan Mission at distribution pipeline (Part-C) of Lahugaon (Zone-1) and adjoining mouzas Water Supply Scheme within Phansidewa block under Siliguri Sub Division, P.H.E. Dte. SL. NO. 03.</t>
   </si>
   <si>
     <t>ORD/000134/2021-2022</t>
   </si>
   <si>
     <t>2431/SWSD</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>AKASH ENTERPRISE</t>
   </si>
   <si>
     <t>Laying distribution system (Part-D) allied with providing functional household tap connection (FHTC) under Jal Swapno and Jal Jeevan Mission at distribution pipeline (Part-D) of Lahugaon and adjoining mouzas Water Supply Scheme within Phansidewa block under Siliguri Sub Division, P.H.E. Dte. SL. NO. 04.</t>
   </si>
   <si>
     <t>ORD/000135/2021-2022</t>
   </si>