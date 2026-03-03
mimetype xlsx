--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1142,54 +1142,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>49.84</v>
       </c>
       <c r="Q5" s="4">
-        <v>25.91</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>51.97</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1203,54 +1203,54 @@
       <c r="I6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>1.03</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.03</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1264,54 +1264,54 @@
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>1.02</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.02</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1789,54 +1789,54 @@
       <c r="I16" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>15.04</v>
       </c>
       <c r="Q16" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>46.53</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>10</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2021,54 +2021,54 @@
       <c r="I20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P20" s="4">
         <v>64.88</v>
       </c>
       <c r="Q20" s="4">
-        <v>37.49</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>57.78</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>65</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2082,54 +2082,54 @@
       <c r="I21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>53.99</v>
       </c>
       <c r="Q21" s="4">
-        <v>28.79</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>53.32</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>60</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2143,54 +2143,54 @@
       <c r="I22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P22" s="4">
         <v>53.41</v>
       </c>
       <c r="Q22" s="4">
-        <v>29.71</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>55.63</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>65</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2204,54 +2204,54 @@
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P23" s="4">
         <v>159.67</v>
       </c>
       <c r="Q23" s="4">
-        <v>100.35</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>62.85</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>70</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2265,54 +2265,54 @@
       <c r="I24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P24" s="4">
         <v>400.24</v>
       </c>
       <c r="Q24" s="4">
-        <v>85.82</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>21.44</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>70</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2360,54 +2360,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1639.03</v>
       </c>
       <c r="P26" s="8">
-        <v>317.13</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>19.35</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>