--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -338,51 +338,51 @@
   <si>
     <t>ORD/000013/2022-2023</t>
   </si>
   <si>
     <t>273/SWSD</t>
   </si>
   <si>
     <t>06/05/2022</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>HIMADRI DAM &amp; CO.</t>
   </si>
   <si>
     <t>Laying distribution pipeline (Part-B) allied with FHTC at Part-B and Pump House of Thakurganj at Thakurganj and Adjoining Mouzas Water Supply Scheme within Phansidewa block under Siliguri Sub Division, P.H.E. Dte. SL. No. 01.</t>
   </si>
   <si>
     <t>ORD/000056/2022-2023</t>
   </si>
   <si>
     <t>861/SWSD</t>
   </si>
   <si>
-    <t>31/10/2024</t>
+    <t>10/01/2026</t>
   </si>
   <si>
     <t>BHOLA GHOSH</t>
   </si>
   <si>
     <t>Construction of Pump House with toilet, plinth protection etc. installation of IEP and Boundary Wall at Thakurganj of THAKURGANJ Piped Water Supply Scheme at Phansidewa block under Siliguri Sub Division, P.H.E. Dte. in the dist. of Darjeeling.</t>
   </si>
   <si>
     <t>ORD/000037/2023-2024</t>
   </si>
   <si>
     <t>646/SWSD</t>
   </si>
   <si>
     <t>15/06/2023</t>
   </si>
   <si>
     <t>27/01/2024</t>
   </si>
   <si>
     <t>Acceptance cum Work Order for Additional Work for functional house hold tap connection (FHTC) at Agumentation Thakurganj and Adjoining Mouzas water Supply Scheme under Phansidewa Block under Siliguri Sub Division , P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000012/2025-2026</t>
   </si>