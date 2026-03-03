--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1097,54 +1097,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>33.08</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.39</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>55.59</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1158,54 +1158,54 @@
       <c r="I6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>46.34</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.97</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>12.88</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1219,54 +1219,54 @@
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>82.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>76.68</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>92.75</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>83</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1280,54 +1280,54 @@
       <c r="I8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>25.22</v>
       </c>
       <c r="Q8" s="4">
-        <v>22.03</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>87.35</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1402,54 +1402,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>3.21</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>18.44</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1691,54 +1691,54 @@
       <c r="I15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P15" s="4">
         <v>85.61</v>
       </c>
       <c r="Q15" s="4">
-        <v>74.32</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>86.81</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>85</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>80</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1752,54 +1752,54 @@
       <c r="I16" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>10.95</v>
       </c>
       <c r="Q16" s="4">
-        <v>10.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>96.14</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1813,54 +1813,54 @@
       <c r="I17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="4">
         <v>158.69</v>
       </c>
       <c r="Q17" s="4">
-        <v>116.34</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>73.31</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1874,54 +1874,54 @@
       <c r="I18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>108.59</v>
       </c>
       <c r="Q18" s="4">
-        <v>29.28</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>26.96</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>22</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1935,54 +1935,54 @@
       <c r="I19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P19" s="4">
         <v>49.26</v>
       </c>
       <c r="Q19" s="4">
-        <v>12.31</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>35</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2057,88 +2057,88 @@
       <c r="I21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="4">
         <v>122.09</v>
       </c>
       <c r="Q21" s="4">
-        <v>109.21</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>89.45</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>2</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>993.24</v>
       </c>
       <c r="P22" s="8">
-        <v>475.65</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>47.89</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>