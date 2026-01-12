--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -92,87 +92,87 @@
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>DARJEELING</t>
   </si>
   <si>
     <t>Siliguri W/S Division</t>
   </si>
   <si>
     <t>Providing Functional House hold Tap Connecton under Jal Jeevan &amp; Jal Swapno programme for Purba Bansgaon village of Purba Bansgaon Piped water Supply Scheme</t>
   </si>
   <si>
     <t>SM/07215</t>
   </si>
   <si>
     <t>Retrofitting</t>
   </si>
   <si>
     <t>Providing functional house hold tap connection under Jal Swapno programme for Purba Bansgaon village of Purba Bansgaon piped water supply scheme at Phansidewa block under Siliguri Sub Division, PHE Dte. SL. NO. 03</t>
   </si>
   <si>
-    <t>Junior Engineer(Civil)</t>
+    <t>Assistant Engineer(Civil)</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civil),Junior Engineer(Civil)</t>
   </si>
   <si>
     <t>ORD/000077/2021-2022</t>
   </si>
   <si>
     <t>1825/SWSD</t>
   </si>
   <si>
     <t>13/01/2022</t>
   </si>
   <si>
     <t>22/02/2022</t>
   </si>
   <si>
     <t>AKASH ENTERPRISE</t>
   </si>
   <si>
     <t>Procurement of material from Resource Division P.H.E Dte. for the works of different water supply scheme.</t>
   </si>
   <si>
     <t>VCH/000761/2021-2022</t>
   </si>
   <si>
     <t>512/DW/21-22</t>
   </si>
   <si>
     <t>18/02/2022</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER,RESOURCES DIVISION,PHE DTE.</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection under Jal Swapna Programme for Purba Bansgaon Village of PURBA BANSGAON Piped Water Supply Scheme at Phansidewa block under Siliguri Sub Division PHE Dte PART A</t>
-  </si>
-[...1 lines deleted...]
-    <t>Assistant Engineer(Civil)</t>
   </si>
   <si>
     <t>ORD/000002/2021-2022</t>
   </si>
   <si>
     <t>696/SWSD</t>
   </si>
   <si>
     <t>02/08/2021</t>
   </si>
   <si>
     <t>06/09/2021</t>
   </si>
   <si>
     <t>Laying of new PVC line at along with other repairing works at Matigara Habitation, Purba Bansgaon water supply scheme Phansidewa Block, Siliguri W/S Division,P.H.E Dte</t>
   </si>
   <si>
     <t>Junior Engineer (Civil)</t>
   </si>
   <si>
     <t>ORD/000233/2022-2023</t>
   </si>
   <si>
     <t>512/SSD</t>
   </si>
@@ -747,227 +747,229 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="13"/>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="J3" s="13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>25.43</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>100.36</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>30.21</v>
       </c>
       <c r="Q5" s="4">
         <v>46.15</v>
       </c>
       <c r="R5" s="4">
         <v>152.79</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>0.36</v>
       </c>
       <c r="Q6" s="4">
         <v>0.35</v>
       </c>