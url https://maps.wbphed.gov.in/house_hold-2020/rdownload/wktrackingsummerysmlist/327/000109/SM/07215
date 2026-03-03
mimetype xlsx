--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -888,54 +888,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>30.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>46.15</v>
+        <v>23.08</v>
       </c>
       <c r="R5" s="4">
-        <v>152.79</v>
+        <v>76.4</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -949,54 +949,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>0.36</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>97.67</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1040,54 +1040,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>158.49</v>
       </c>
       <c r="P8" s="8">
-        <v>46.51</v>
+        <v>23.08</v>
       </c>
       <c r="Q8" s="8">
-        <v>29.34</v>
+        <v>14.56</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>