--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -1264,51 +1264,51 @@
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="2">
         <v>0</v>
       </c>
       <c r="J23" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="2">
         <v>205</v>
       </c>
       <c r="D24" s="2">
         <v>205</v>
       </c>
       <c r="E24" s="2">
-        <v>277249</v>
+        <v>277299</v>
       </c>
       <c r="F24" s="2">
         <v>1024.62</v>
       </c>
       <c r="G24" s="2">
         <v>205</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="2">
         <v>0</v>
       </c>
       <c r="J24" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="2">
@@ -1326,51 +1326,51 @@
       <c r="G25" s="2">
         <v>124</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="2">
         <v>0</v>
       </c>
       <c r="J25" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="6">
         <v>9332</v>
       </c>
       <c r="D26" s="6">
         <v>9330</v>
       </c>
       <c r="E26" s="6">
-        <v>18356702</v>
+        <v>18356752</v>
       </c>
       <c r="F26" s="6">
         <v>56665.66</v>
       </c>
       <c r="G26" s="6">
         <v>9330</v>
       </c>
       <c r="H26" s="6">
         <v>0</v>
       </c>
       <c r="I26" s="6">
         <v>2</v>
       </c>
       <c r="J26" s="6">
         <v>0.02</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:J2"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>