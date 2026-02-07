--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -656,51 +656,51 @@
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>0.4</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="2">
         <v>404</v>
       </c>
       <c r="D5" s="2">
         <v>403</v>
       </c>
       <c r="E5" s="2">
-        <v>356755</v>
+        <v>354545</v>
       </c>
       <c r="F5" s="2">
         <v>2544.92</v>
       </c>
       <c r="G5" s="2">
         <v>403</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="2">
         <v>1</v>
       </c>
       <c r="J5" s="2">
         <v>0.25</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2">
@@ -1326,51 +1326,51 @@
       <c r="G25" s="2">
         <v>124</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="2">
         <v>0</v>
       </c>
       <c r="J25" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="6">
         <v>9332</v>
       </c>
       <c r="D26" s="6">
         <v>9330</v>
       </c>
       <c r="E26" s="6">
-        <v>18356752</v>
+        <v>18354542</v>
       </c>
       <c r="F26" s="6">
         <v>56665.66</v>
       </c>
       <c r="G26" s="6">
         <v>9330</v>
       </c>
       <c r="H26" s="6">
         <v>0</v>
       </c>
       <c r="I26" s="6">
         <v>2</v>
       </c>
       <c r="J26" s="6">
         <v>0.02</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:J2"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>