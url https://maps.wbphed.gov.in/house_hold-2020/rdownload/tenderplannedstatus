--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -1168,51 +1168,51 @@
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="2">
         <v>0</v>
       </c>
       <c r="J20" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="2">
         <v>556</v>
       </c>
       <c r="D21" s="2">
         <v>556</v>
       </c>
       <c r="E21" s="2">
-        <v>1154086</v>
+        <v>1154274</v>
       </c>
       <c r="F21" s="2">
         <v>3853.48</v>
       </c>
       <c r="G21" s="2">
         <v>556</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="2">
         <v>0</v>
       </c>
       <c r="J21" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="2">
@@ -1326,51 +1326,51 @@
       <c r="G25" s="2">
         <v>124</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="2">
         <v>0</v>
       </c>
       <c r="J25" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="6">
         <v>9332</v>
       </c>
       <c r="D26" s="6">
         <v>9330</v>
       </c>
       <c r="E26" s="6">
-        <v>18354542</v>
+        <v>18354730</v>
       </c>
       <c r="F26" s="6">
         <v>56665.66</v>
       </c>
       <c r="G26" s="6">
         <v>9330</v>
       </c>
       <c r="H26" s="6">
         <v>0</v>
       </c>
       <c r="I26" s="6">
         <v>2</v>
       </c>
       <c r="J26" s="6">
         <v>0.02</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:J2"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>