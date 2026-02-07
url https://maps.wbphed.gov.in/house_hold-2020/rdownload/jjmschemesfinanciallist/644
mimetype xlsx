--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -11070,51 +11070,51 @@
       </c>
       <c r="Z111" s="2">
         <v>67.21</v>
       </c>
       <c r="AA111" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="112" spans="1:27">
       <c r="A112" s="2">
         <v>109</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>492</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F112" s="2">
-        <v>7611470</v>
+        <v>0</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>442</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>494</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>468</v>
       </c>
       <c r="K112" s="3">
         <v>62.01</v>
       </c>
       <c r="L112" s="3">
         <v>0</v>
       </c>
       <c r="M112" s="3">
         <v>62.01</v>
       </c>
       <c r="N112" s="3" t="s">
         <v>32</v>
       </c>