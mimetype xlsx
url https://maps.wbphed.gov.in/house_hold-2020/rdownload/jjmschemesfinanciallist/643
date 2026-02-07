--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -15084,51 +15084,51 @@
       </c>
       <c r="Z147" s="2">
         <v>53.48</v>
       </c>
       <c r="AA147" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:27">
       <c r="A148" s="2">
         <v>145</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>622</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>623</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>624</v>
       </c>
       <c r="F148" s="2">
-        <v>40045274</v>
+        <v>0</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>625</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>80</v>
       </c>
       <c r="K148" s="3">
         <v>34.89</v>
       </c>
       <c r="L148" s="3">
         <v>0</v>
       </c>
       <c r="M148" s="3">
         <v>34.89</v>
       </c>
       <c r="N148" s="3" t="s">
         <v>32</v>
       </c>