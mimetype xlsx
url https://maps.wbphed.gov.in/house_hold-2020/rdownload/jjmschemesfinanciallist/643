--- v1 (2026-02-07)
+++ v2 (2026-03-14)
@@ -4071,66 +4071,66 @@
       <c r="M14" s="3">
         <v>304.18</v>
       </c>
       <c r="N14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P14" s="3">
         <v>166.87</v>
       </c>
       <c r="Q14" s="3">
         <v>12.78</v>
       </c>
       <c r="R14" s="3">
         <v>77.58</v>
       </c>
       <c r="S14" s="3">
         <v>0</v>
       </c>
       <c r="T14" s="3">
         <v>257.22</v>
       </c>
       <c r="U14" s="3">
-        <v>166.85</v>
+        <v>167.11</v>
       </c>
       <c r="V14" s="3">
         <v>12.78</v>
       </c>
       <c r="W14" s="3">
         <v>77.58</v>
       </c>
       <c r="X14" s="2">
         <v>0</v>
       </c>
       <c r="Y14" s="2">
-        <v>257.2</v>
+        <v>257.47</v>
       </c>
       <c r="Z14" s="2">
-        <v>84.56</v>
+        <v>84.64</v>
       </c>
       <c r="AA14" s="2">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:27">
       <c r="A15" s="2">
         <v>12</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="2">
         <v>40016328</v>
       </c>
       <c r="G15" s="2" t="s">
@@ -8193,66 +8193,66 @@
       <c r="M64" s="3">
         <v>416.55</v>
       </c>
       <c r="N64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P64" s="3">
         <v>126.34</v>
       </c>
       <c r="Q64" s="3">
         <v>19.54</v>
       </c>
       <c r="R64" s="3">
         <v>6.26</v>
       </c>
       <c r="S64" s="3">
         <v>0</v>
       </c>
       <c r="T64" s="3">
         <v>152.15</v>
       </c>
       <c r="U64" s="3">
-        <v>126.34</v>
+        <v>126.55</v>
       </c>
       <c r="V64" s="3">
         <v>19.54</v>
       </c>
       <c r="W64" s="3">
         <v>6.26</v>
       </c>
       <c r="X64" s="2">
         <v>0</v>
       </c>
       <c r="Y64" s="2">
-        <v>152.15</v>
+        <v>152.36</v>
       </c>
       <c r="Z64" s="2">
-        <v>36.52</v>
+        <v>36.58</v>
       </c>
       <c r="AA64" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:27">
       <c r="A65" s="2">
         <v>62</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>289</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F65" s="2">
         <v>40029435</v>
       </c>
       <c r="G65" s="2" t="s">
@@ -18326,66 +18326,66 @@
       <c r="M187" s="3">
         <v>516.78</v>
       </c>
       <c r="N187" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P187" s="3">
         <v>320.72</v>
       </c>
       <c r="Q187" s="3">
         <v>23.83</v>
       </c>
       <c r="R187" s="3">
         <v>9.24</v>
       </c>
       <c r="S187" s="3">
         <v>0</v>
       </c>
       <c r="T187" s="3">
         <v>353.79</v>
       </c>
       <c r="U187" s="3">
-        <v>320.72</v>
+        <v>320.88</v>
       </c>
       <c r="V187" s="3">
         <v>23.83</v>
       </c>
       <c r="W187" s="3">
         <v>9.24</v>
       </c>
       <c r="X187" s="2">
         <v>0</v>
       </c>
       <c r="Y187" s="2">
-        <v>353.79</v>
+        <v>353.94</v>
       </c>
       <c r="Z187" s="2">
-        <v>68.46</v>
+        <v>68.49</v>
       </c>
       <c r="AA187" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="188" spans="1:27">
       <c r="A188" s="2">
         <v>185</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>784</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>785</v>
       </c>
       <c r="F188" s="2">
         <v>40033050</v>
       </c>
       <c r="G188" s="2" t="s">
@@ -19067,66 +19067,66 @@
       <c r="M196" s="3">
         <v>9931.41</v>
       </c>
       <c r="N196" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P196" s="3">
         <v>4247.04</v>
       </c>
       <c r="Q196" s="3">
         <v>1260.48</v>
       </c>
       <c r="R196" s="3">
         <v>142.21</v>
       </c>
       <c r="S196" s="3">
         <v>0</v>
       </c>
       <c r="T196" s="3">
         <v>5649.74</v>
       </c>
       <c r="U196" s="3">
-        <v>4193.81</v>
+        <v>4195.53</v>
       </c>
       <c r="V196" s="3">
         <v>1284.55</v>
       </c>
       <c r="W196" s="3">
         <v>142.21</v>
       </c>
       <c r="X196" s="2">
         <v>0</v>
       </c>
       <c r="Y196" s="2">
-        <v>5620.57</v>
+        <v>5622.29</v>
       </c>
       <c r="Z196" s="2">
-        <v>56.59</v>
+        <v>56.61</v>
       </c>
       <c r="AA196" s="2">
         <v>67</v>
       </c>
     </row>
     <row r="197" spans="1:27">
       <c r="A197" s="2">
         <v>194</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>820</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>821</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F197" s="2">
         <v>40029459</v>
       </c>
       <c r="G197" s="2" t="s">
@@ -20120,63 +20120,63 @@
       </c>
       <c r="L209" s="7">
         <v>14551.89</v>
       </c>
       <c r="M209" s="7">
         <v>102361.12</v>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="7"/>
       <c r="P209" s="7">
         <v>29918.36</v>
       </c>
       <c r="Q209" s="7">
         <v>3907.58</v>
       </c>
       <c r="R209" s="7">
         <v>2668.89</v>
       </c>
       <c r="S209" s="7">
         <v>1605.79</v>
       </c>
       <c r="T209" s="7">
         <v>38100.62</v>
       </c>
       <c r="U209" s="7">
-        <v>29676.04</v>
+        <v>29678.4</v>
       </c>
       <c r="V209" s="7">
         <v>3950.88</v>
       </c>
       <c r="W209" s="7">
         <v>2668.89</v>
       </c>
       <c r="X209" s="6">
         <v>1605.79</v>
       </c>
       <c r="Y209" s="6">
-        <v>37901.6</v>
+        <v>37903.96</v>
       </c>
       <c r="Z209" s="6">
         <v>37.03</v>
       </c>
       <c r="AA209" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>