--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -10007,51 +10007,51 @@
       </c>
       <c r="Z92" s="2">
         <v>46.34</v>
       </c>
       <c r="AA92" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:27">
       <c r="A93" s="2">
         <v>90</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>421</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F93" s="2">
-        <v>40058718</v>
+        <v>0</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>423</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>424</v>
       </c>
       <c r="K93" s="3">
         <v>1350.54</v>
       </c>
       <c r="L93" s="3">
         <v>0</v>
       </c>
       <c r="M93" s="3">
         <v>1350.54</v>
       </c>
       <c r="N93" s="3" t="s">
         <v>32</v>
       </c>