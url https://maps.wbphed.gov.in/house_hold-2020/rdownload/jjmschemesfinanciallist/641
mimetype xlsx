--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -8784,66 +8784,66 @@
       <c r="M69" s="3">
         <v>247.03</v>
       </c>
       <c r="N69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P69" s="3">
         <v>75.89</v>
       </c>
       <c r="Q69" s="3">
         <v>0</v>
       </c>
       <c r="R69" s="3">
         <v>0</v>
       </c>
       <c r="S69" s="3">
         <v>0</v>
       </c>
       <c r="T69" s="3">
         <v>75.89</v>
       </c>
       <c r="U69" s="3">
-        <v>75.89</v>
+        <v>76.67</v>
       </c>
       <c r="V69" s="3">
         <v>0</v>
       </c>
       <c r="W69" s="3">
         <v>0</v>
       </c>
       <c r="X69" s="2">
         <v>0</v>
       </c>
       <c r="Y69" s="2">
-        <v>75.89</v>
+        <v>76.67</v>
       </c>
       <c r="Z69" s="2">
-        <v>30.72</v>
+        <v>31.04</v>
       </c>
       <c r="AA69" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:27">
       <c r="A70" s="2">
         <v>67</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>309</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F70" s="2">
         <v>40036937</v>
       </c>
       <c r="G70" s="2" t="s">
@@ -9029,66 +9029,66 @@
         <v>0</v>
       </c>
       <c r="M72" s="3">
         <v>82.69</v>
       </c>
       <c r="N72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O72" s="3"/>
       <c r="P72" s="3">
         <v>78.7</v>
       </c>
       <c r="Q72" s="3">
         <v>0</v>
       </c>
       <c r="R72" s="3">
         <v>0</v>
       </c>
       <c r="S72" s="3">
         <v>0</v>
       </c>
       <c r="T72" s="3">
         <v>78.7</v>
       </c>
       <c r="U72" s="3">
-        <v>76.99</v>
+        <v>78.69</v>
       </c>
       <c r="V72" s="3">
         <v>0</v>
       </c>
       <c r="W72" s="3">
         <v>0</v>
       </c>
       <c r="X72" s="2">
         <v>0</v>
       </c>
       <c r="Y72" s="2">
-        <v>76.99</v>
+        <v>78.69</v>
       </c>
       <c r="Z72" s="2">
-        <v>93.11</v>
+        <v>95.16</v>
       </c>
       <c r="AA72" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:27">
       <c r="A73" s="2">
         <v>70</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>325</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F73" s="2">
         <v>8174182</v>
       </c>
       <c r="G73" s="2" t="s">
@@ -20691,66 +20691,66 @@
       <c r="M214" s="3">
         <v>295.97</v>
       </c>
       <c r="N214" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O214" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P214" s="3">
         <v>169.28</v>
       </c>
       <c r="Q214" s="3">
         <v>40.11</v>
       </c>
       <c r="R214" s="3">
         <v>0</v>
       </c>
       <c r="S214" s="3">
         <v>0</v>
       </c>
       <c r="T214" s="3">
         <v>209.39</v>
       </c>
       <c r="U214" s="3">
-        <v>162.43</v>
+        <v>163.26</v>
       </c>
       <c r="V214" s="3">
         <v>47.68</v>
       </c>
       <c r="W214" s="3">
         <v>0</v>
       </c>
       <c r="X214" s="2">
         <v>0</v>
       </c>
       <c r="Y214" s="2">
-        <v>210.11</v>
+        <v>210.94</v>
       </c>
       <c r="Z214" s="2">
-        <v>70.99</v>
+        <v>71.27</v>
       </c>
       <c r="AA214" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:27">
       <c r="A215" s="2">
         <v>212</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>869</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>870</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F215" s="2">
         <v>40049275</v>
       </c>
       <c r="G215" s="2" t="s">
@@ -21746,66 +21746,66 @@
       </c>
       <c r="L227" s="7">
         <v>7710.15</v>
       </c>
       <c r="M227" s="7">
         <v>89667.07</v>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="7"/>
       <c r="P227" s="7">
         <v>42116.28</v>
       </c>
       <c r="Q227" s="7">
         <v>3416.01</v>
       </c>
       <c r="R227" s="7">
         <v>3993.51</v>
       </c>
       <c r="S227" s="7">
         <v>0</v>
       </c>
       <c r="T227" s="7">
         <v>49525.8</v>
       </c>
       <c r="U227" s="7">
-        <v>41921.75</v>
+        <v>41925.05</v>
       </c>
       <c r="V227" s="7">
         <v>3492.73</v>
       </c>
       <c r="W227" s="7">
         <v>3993.51</v>
       </c>
       <c r="X227" s="6">
         <v>0</v>
       </c>
       <c r="Y227" s="6">
-        <v>49407.99</v>
+        <v>49411.29</v>
       </c>
       <c r="Z227" s="6">
-        <v>55.1</v>
+        <v>55.11</v>
       </c>
       <c r="AA227" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>
     <mergeCell ref="AA2:AA3"/>
     <mergeCell ref="A227:J227"/>
   </mergeCells>