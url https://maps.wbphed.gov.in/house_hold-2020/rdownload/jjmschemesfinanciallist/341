--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -11360,51 +11360,51 @@
       </c>
       <c r="Z107" s="2">
         <v>90.5</v>
       </c>
       <c r="AA107" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="108" spans="1:27">
       <c r="A108" s="2">
         <v>105</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>489</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>490</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F108" s="2">
-        <v>6865603</v>
+        <v>0</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>419</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>492</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>476</v>
       </c>
       <c r="K108" s="3">
         <v>123.54</v>
       </c>
       <c r="L108" s="3">
         <v>0</v>
       </c>
       <c r="M108" s="3">
         <v>123.54</v>
       </c>
       <c r="N108" s="3" t="s">
         <v>32</v>
       </c>
@@ -12494,51 +12494,51 @@
       </c>
       <c r="Z121" s="2">
         <v>99.85</v>
       </c>
       <c r="AA121" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="122" spans="1:27">
       <c r="A122" s="2">
         <v>119</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>546</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F122" s="2">
-        <v>7401884</v>
+        <v>0</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>419</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>549</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>521</v>
       </c>
       <c r="K122" s="3">
         <v>98.14</v>
       </c>
       <c r="L122" s="3">
         <v>0</v>
       </c>
       <c r="M122" s="3">
         <v>98.14</v>
       </c>
       <c r="N122" s="3" t="s">
         <v>32</v>
       </c>
@@ -12575,51 +12575,51 @@
       </c>
       <c r="Z122" s="2">
         <v>92.26</v>
       </c>
       <c r="AA122" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:27">
       <c r="A123" s="2">
         <v>120</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>552</v>
       </c>
       <c r="F123" s="2">
-        <v>7401884</v>
+        <v>0</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>419</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>553</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>521</v>
       </c>
       <c r="K123" s="3">
         <v>50.47</v>
       </c>
       <c r="L123" s="3">
         <v>0</v>
       </c>
       <c r="M123" s="3">
         <v>50.47</v>
       </c>
       <c r="N123" s="3" t="s">
         <v>32</v>
       </c>