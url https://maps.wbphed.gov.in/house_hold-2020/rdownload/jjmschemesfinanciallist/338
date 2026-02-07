--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -16565,51 +16565,51 @@
       </c>
       <c r="Z123" s="2">
         <v>60.14</v>
       </c>
       <c r="AA123" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:27">
       <c r="A124" s="2">
         <v>121</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>546</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F124" s="2">
-        <v>40043440</v>
+        <v>0</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>549</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>114</v>
       </c>
       <c r="K124" s="3">
         <v>64.68</v>
       </c>
       <c r="L124" s="3">
         <v>64.02</v>
       </c>
       <c r="M124" s="3">
         <v>128.7</v>
       </c>
       <c r="N124" s="3" t="s">
         <v>32</v>
       </c>