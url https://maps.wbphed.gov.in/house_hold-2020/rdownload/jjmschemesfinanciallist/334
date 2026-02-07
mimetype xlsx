--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -7034,66 +7034,66 @@
       <c r="M23" s="3">
         <v>283.04</v>
       </c>
       <c r="N23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P23" s="3">
         <v>181.16</v>
       </c>
       <c r="Q23" s="3">
         <v>16.46</v>
       </c>
       <c r="R23" s="3">
         <v>0</v>
       </c>
       <c r="S23" s="3">
         <v>0</v>
       </c>
       <c r="T23" s="3">
         <v>197.62</v>
       </c>
       <c r="U23" s="3">
-        <v>181.16</v>
+        <v>182.36</v>
       </c>
       <c r="V23" s="3">
         <v>16.46</v>
       </c>
       <c r="W23" s="3">
         <v>0</v>
       </c>
       <c r="X23" s="2">
         <v>0</v>
       </c>
       <c r="Y23" s="2">
-        <v>197.62</v>
+        <v>198.83</v>
       </c>
       <c r="Z23" s="2">
-        <v>69.82</v>
+        <v>70.25</v>
       </c>
       <c r="AA23" s="2">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:27">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F24" s="2">
         <v>40026525</v>
       </c>
       <c r="G24" s="2" t="s">
@@ -9022,66 +9022,66 @@
       <c r="M47" s="3">
         <v>1467.55</v>
       </c>
       <c r="N47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P47" s="3">
         <v>21.66</v>
       </c>
       <c r="Q47" s="3">
         <v>25.34</v>
       </c>
       <c r="R47" s="3">
         <v>410.11</v>
       </c>
       <c r="S47" s="3">
         <v>0</v>
       </c>
       <c r="T47" s="3">
         <v>457.12</v>
       </c>
       <c r="U47" s="3">
-        <v>0</v>
+        <v>21.66</v>
       </c>
       <c r="V47" s="3">
         <v>11.31</v>
       </c>
       <c r="W47" s="3">
         <v>410.11</v>
       </c>
       <c r="X47" s="2">
         <v>0</v>
       </c>
       <c r="Y47" s="2">
-        <v>421.42</v>
+        <v>443.08</v>
       </c>
       <c r="Z47" s="2">
-        <v>28.72</v>
+        <v>30.19</v>
       </c>
       <c r="AA47" s="2">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:27">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>234</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F48" s="2">
         <v>40033594</v>
       </c>
       <c r="G48" s="2" t="s">
@@ -27758,51 +27758,51 @@
       <c r="S273" s="3">
         <v>0</v>
       </c>
       <c r="T273" s="3">
         <v>95.17</v>
       </c>
       <c r="U273" s="3">
         <v>95.17</v>
       </c>
       <c r="V273" s="3">
         <v>0</v>
       </c>
       <c r="W273" s="3">
         <v>0</v>
       </c>
       <c r="X273" s="2">
         <v>0</v>
       </c>
       <c r="Y273" s="2">
         <v>95.17</v>
       </c>
       <c r="Z273" s="2">
         <v>95.24</v>
       </c>
       <c r="AA273" s="2">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:27">
       <c r="A274" s="2">
         <v>271</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="F274" s="2">
         <v>8223420</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="H274" s="3" t="s">
@@ -31018,51 +31018,51 @@
       </c>
       <c r="Z313" s="2">
         <v>82.39</v>
       </c>
       <c r="AA313" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="314" spans="1:27">
       <c r="A314" s="2">
         <v>311</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="F314" s="2">
-        <v>6323768</v>
+        <v>0</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="J314" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="K314" s="3">
         <v>771.82</v>
       </c>
       <c r="L314" s="3">
         <v>0</v>
       </c>
       <c r="M314" s="3">
         <v>771.82</v>
       </c>
       <c r="N314" s="3" t="s">
         <v>32</v>
       </c>
@@ -33343,51 +33343,51 @@
       <c r="S342" s="3">
         <v>0</v>
       </c>
       <c r="T342" s="3">
         <v>94.53</v>
       </c>
       <c r="U342" s="3">
         <v>55.19</v>
       </c>
       <c r="V342" s="3">
         <v>0</v>
       </c>
       <c r="W342" s="3">
         <v>0</v>
       </c>
       <c r="X342" s="2">
         <v>0</v>
       </c>
       <c r="Y342" s="2">
         <v>55.19</v>
       </c>
       <c r="Z342" s="2">
         <v>56.68</v>
       </c>
       <c r="AA342" s="2">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:27">
       <c r="A343" s="2">
         <v>340</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="F343" s="2">
         <v>6169086</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="H343" s="3" t="s">
@@ -33730,66 +33730,66 @@
         <v>0</v>
       </c>
       <c r="M347" s="3">
         <v>99.28</v>
       </c>
       <c r="N347" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O347" s="3"/>
       <c r="P347" s="3">
         <v>94.25</v>
       </c>
       <c r="Q347" s="3">
         <v>0</v>
       </c>
       <c r="R347" s="3">
         <v>0</v>
       </c>
       <c r="S347" s="3">
         <v>0</v>
       </c>
       <c r="T347" s="3">
         <v>94.25</v>
       </c>
       <c r="U347" s="3">
-        <v>89.96</v>
+        <v>94.25</v>
       </c>
       <c r="V347" s="3">
         <v>0</v>
       </c>
       <c r="W347" s="3">
         <v>0</v>
       </c>
       <c r="X347" s="2">
         <v>0</v>
       </c>
       <c r="Y347" s="2">
-        <v>89.96</v>
+        <v>94.25</v>
       </c>
       <c r="Z347" s="2">
-        <v>90.61</v>
+        <v>94.93</v>
       </c>
       <c r="AA347" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="348" spans="1:27">
       <c r="A348" s="2">
         <v>345</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="F348" s="2">
         <v>7728708</v>
       </c>
       <c r="G348" s="2" t="s">
@@ -37097,66 +37097,66 @@
       </c>
       <c r="L388" s="7">
         <v>20728.58</v>
       </c>
       <c r="M388" s="7">
         <v>254432.75</v>
       </c>
       <c r="N388" s="7"/>
       <c r="O388" s="7"/>
       <c r="P388" s="7">
         <v>58096.57</v>
       </c>
       <c r="Q388" s="7">
         <v>7163.28</v>
       </c>
       <c r="R388" s="7">
         <v>18652.55</v>
       </c>
       <c r="S388" s="7">
         <v>1193.51</v>
       </c>
       <c r="T388" s="7">
         <v>85105.92</v>
       </c>
       <c r="U388" s="7">
-        <v>58031.32</v>
+        <v>58058.48</v>
       </c>
       <c r="V388" s="7">
         <v>7136.91</v>
       </c>
       <c r="W388" s="7">
         <v>18652.55</v>
       </c>
       <c r="X388" s="6">
         <v>1193.51</v>
       </c>
       <c r="Y388" s="6">
-        <v>85014.29</v>
+        <v>85041.45</v>
       </c>
       <c r="Z388" s="6">
-        <v>33.41</v>
+        <v>33.42</v>
       </c>
       <c r="AA388" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>
     <mergeCell ref="AA2:AA3"/>
     <mergeCell ref="A388:J388"/>
   </mergeCells>