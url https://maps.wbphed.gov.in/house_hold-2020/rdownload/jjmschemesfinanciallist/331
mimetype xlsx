--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -25892,66 +25892,66 @@
         <v>0</v>
       </c>
       <c r="M270" s="3">
         <v>82.29</v>
       </c>
       <c r="N270" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O270" s="3"/>
       <c r="P270" s="3">
         <v>77.29</v>
       </c>
       <c r="Q270" s="3">
         <v>0</v>
       </c>
       <c r="R270" s="3">
         <v>0</v>
       </c>
       <c r="S270" s="3">
         <v>0</v>
       </c>
       <c r="T270" s="3">
         <v>77.29</v>
       </c>
       <c r="U270" s="3">
-        <v>68.92</v>
+        <v>73.55</v>
       </c>
       <c r="V270" s="3">
         <v>0</v>
       </c>
       <c r="W270" s="3">
         <v>0</v>
       </c>
       <c r="X270" s="2">
         <v>0</v>
       </c>
       <c r="Y270" s="2">
-        <v>68.92</v>
+        <v>73.55</v>
       </c>
       <c r="Z270" s="2">
-        <v>83.75</v>
+        <v>89.37</v>
       </c>
       <c r="AA270" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:27">
       <c r="A271" s="2">
         <v>268</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>933</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>934</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>935</v>
       </c>
       <c r="F271" s="2">
         <v>7734875</v>
       </c>
       <c r="G271" s="2" t="s">
@@ -27206,51 +27206,51 @@
       <c r="S286" s="3">
         <v>0</v>
       </c>
       <c r="T286" s="3">
         <v>62.65</v>
       </c>
       <c r="U286" s="3">
         <v>58.82</v>
       </c>
       <c r="V286" s="3">
         <v>0</v>
       </c>
       <c r="W286" s="3">
         <v>0</v>
       </c>
       <c r="X286" s="2">
         <v>0</v>
       </c>
       <c r="Y286" s="2">
         <v>58.82</v>
       </c>
       <c r="Z286" s="2">
         <v>80.92</v>
       </c>
       <c r="AA286" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:27">
       <c r="A287" s="2">
         <v>284</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>998</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>999</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="F287" s="2">
         <v>6174545</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>882</v>
       </c>
       <c r="H287" s="3" t="s">
@@ -29302,66 +29302,66 @@
       </c>
       <c r="L312" s="7">
         <v>8332.3</v>
       </c>
       <c r="M312" s="7">
         <v>85148.91</v>
       </c>
       <c r="N312" s="7"/>
       <c r="O312" s="7"/>
       <c r="P312" s="7">
         <v>23555.2</v>
       </c>
       <c r="Q312" s="7">
         <v>1881.2</v>
       </c>
       <c r="R312" s="7">
         <v>5056.67</v>
       </c>
       <c r="S312" s="7">
         <v>327.28</v>
       </c>
       <c r="T312" s="7">
         <v>30820.36</v>
       </c>
       <c r="U312" s="7">
-        <v>23481.71</v>
+        <v>23486.34</v>
       </c>
       <c r="V312" s="7">
         <v>1881.89</v>
       </c>
       <c r="W312" s="7">
         <v>5056.67</v>
       </c>
       <c r="X312" s="6">
         <v>327.28</v>
       </c>
       <c r="Y312" s="6">
-        <v>30747.55</v>
+        <v>30752.18</v>
       </c>
       <c r="Z312" s="6">
-        <v>36.11</v>
+        <v>36.12</v>
       </c>
       <c r="AA312" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>
     <mergeCell ref="AA2:AA3"/>
     <mergeCell ref="A312:J312"/>
   </mergeCells>