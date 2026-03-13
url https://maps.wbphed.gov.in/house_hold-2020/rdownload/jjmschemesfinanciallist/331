--- v1 (2026-02-07)
+++ v2 (2026-03-13)
@@ -3959,63 +3959,63 @@
       <c r="N4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P4" s="3">
         <v>137.33</v>
       </c>
       <c r="Q4" s="3">
         <v>39.09</v>
       </c>
       <c r="R4" s="3">
         <v>12.92</v>
       </c>
       <c r="S4" s="3">
         <v>0</v>
       </c>
       <c r="T4" s="3">
         <v>189.34</v>
       </c>
       <c r="U4" s="3">
         <v>137.33</v>
       </c>
       <c r="V4" s="3">
-        <v>39.09</v>
+        <v>41.07</v>
       </c>
       <c r="W4" s="3">
         <v>12.92</v>
       </c>
       <c r="X4" s="2">
         <v>0</v>
       </c>
       <c r="Y4" s="2">
-        <v>189.34</v>
+        <v>191.32</v>
       </c>
       <c r="Z4" s="2">
-        <v>53.57</v>
+        <v>54.14</v>
       </c>
       <c r="AA4" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" s="2">
         <v>2</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="2">
         <v>40012258</v>
       </c>
       <c r="G5" s="2" t="s">
@@ -4619,63 +4619,63 @@
       <c r="N12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P12" s="3">
         <v>264.36</v>
       </c>
       <c r="Q12" s="3">
         <v>22.67</v>
       </c>
       <c r="R12" s="3">
         <v>33.2</v>
       </c>
       <c r="S12" s="3">
         <v>0</v>
       </c>
       <c r="T12" s="3">
         <v>320.23</v>
       </c>
       <c r="U12" s="3">
         <v>264.36</v>
       </c>
       <c r="V12" s="3">
-        <v>23.36</v>
+        <v>25.29</v>
       </c>
       <c r="W12" s="3">
         <v>33.2</v>
       </c>
       <c r="X12" s="2">
         <v>0</v>
       </c>
       <c r="Y12" s="2">
-        <v>320.92</v>
+        <v>322.85</v>
       </c>
       <c r="Z12" s="2">
-        <v>38.37</v>
+        <v>38.61</v>
       </c>
       <c r="AA12" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:27">
       <c r="A13" s="2">
         <v>10</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F13" s="2">
         <v>40033537</v>
       </c>
       <c r="G13" s="2" t="s">
@@ -4702,63 +4702,63 @@
       <c r="N13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P13" s="3">
         <v>278.41</v>
       </c>
       <c r="Q13" s="3">
         <v>35.88</v>
       </c>
       <c r="R13" s="3">
         <v>130.71</v>
       </c>
       <c r="S13" s="3">
         <v>0</v>
       </c>
       <c r="T13" s="3">
         <v>445</v>
       </c>
       <c r="U13" s="3">
         <v>278.41</v>
       </c>
       <c r="V13" s="3">
-        <v>35.88</v>
+        <v>37.8</v>
       </c>
       <c r="W13" s="3">
         <v>130.71</v>
       </c>
       <c r="X13" s="2">
         <v>0</v>
       </c>
       <c r="Y13" s="2">
-        <v>445</v>
+        <v>446.92</v>
       </c>
       <c r="Z13" s="2">
-        <v>46.62</v>
+        <v>46.82</v>
       </c>
       <c r="AA13" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:27">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F14" s="2">
         <v>40033738</v>
       </c>
       <c r="G14" s="2" t="s">
@@ -4868,63 +4868,63 @@
       <c r="N15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="3">
         <v>352.69</v>
       </c>
       <c r="Q15" s="3">
         <v>34.42</v>
       </c>
       <c r="R15" s="3">
         <v>59.61</v>
       </c>
       <c r="S15" s="3">
         <v>0</v>
       </c>
       <c r="T15" s="3">
         <v>446.72</v>
       </c>
       <c r="U15" s="3">
         <v>352.69</v>
       </c>
       <c r="V15" s="3">
-        <v>34.42</v>
+        <v>34.65</v>
       </c>
       <c r="W15" s="3">
         <v>59.61</v>
       </c>
       <c r="X15" s="2">
         <v>0</v>
       </c>
       <c r="Y15" s="2">
-        <v>446.72</v>
+        <v>446.95</v>
       </c>
       <c r="Z15" s="2">
-        <v>46.6</v>
+        <v>46.63</v>
       </c>
       <c r="AA15" s="2">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:27">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F16" s="2">
         <v>40033750</v>
       </c>
       <c r="G16" s="2" t="s">
@@ -5034,63 +5034,63 @@
       <c r="N17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P17" s="3">
         <v>213.6</v>
       </c>
       <c r="Q17" s="3">
         <v>19.38</v>
       </c>
       <c r="R17" s="3">
         <v>16.81</v>
       </c>
       <c r="S17" s="3">
         <v>0</v>
       </c>
       <c r="T17" s="3">
         <v>249.79</v>
       </c>
       <c r="U17" s="3">
         <v>213.6</v>
       </c>
       <c r="V17" s="3">
-        <v>19.38</v>
+        <v>19.55</v>
       </c>
       <c r="W17" s="3">
         <v>16.81</v>
       </c>
       <c r="X17" s="2">
         <v>0</v>
       </c>
       <c r="Y17" s="2">
-        <v>249.79</v>
+        <v>249.96</v>
       </c>
       <c r="Z17" s="2">
-        <v>50.75</v>
+        <v>50.78</v>
       </c>
       <c r="AA17" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:27">
       <c r="A18" s="2">
         <v>15</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F18" s="2">
         <v>40033746</v>
       </c>
       <c r="G18" s="2" t="s">
@@ -5117,63 +5117,63 @@
       <c r="N18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P18" s="3">
         <v>552.2</v>
       </c>
       <c r="Q18" s="3">
         <v>34.97</v>
       </c>
       <c r="R18" s="3">
         <v>113.13</v>
       </c>
       <c r="S18" s="3">
         <v>0</v>
       </c>
       <c r="T18" s="3">
         <v>700.31</v>
       </c>
       <c r="U18" s="3">
         <v>552.2</v>
       </c>
       <c r="V18" s="3">
-        <v>34.97</v>
+        <v>36</v>
       </c>
       <c r="W18" s="3">
         <v>113.13</v>
       </c>
       <c r="X18" s="2">
         <v>0</v>
       </c>
       <c r="Y18" s="2">
-        <v>700.31</v>
+        <v>701.34</v>
       </c>
       <c r="Z18" s="2">
-        <v>28.94</v>
+        <v>28.99</v>
       </c>
       <c r="AA18" s="2">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:27">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F19" s="2">
         <v>40012264</v>
       </c>
       <c r="G19" s="2" t="s">
@@ -5200,63 +5200,63 @@
       <c r="N19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P19" s="3">
         <v>268.53</v>
       </c>
       <c r="Q19" s="3">
         <v>16.37</v>
       </c>
       <c r="R19" s="3">
         <v>9.72</v>
       </c>
       <c r="S19" s="3">
         <v>0</v>
       </c>
       <c r="T19" s="3">
         <v>294.62</v>
       </c>
       <c r="U19" s="3">
         <v>268.53</v>
       </c>
       <c r="V19" s="3">
-        <v>16.37</v>
+        <v>17.4</v>
       </c>
       <c r="W19" s="3">
         <v>9.72</v>
       </c>
       <c r="X19" s="2">
         <v>0</v>
       </c>
       <c r="Y19" s="2">
-        <v>294.62</v>
+        <v>295.65</v>
       </c>
       <c r="Z19" s="2">
-        <v>49.72</v>
+        <v>49.9</v>
       </c>
       <c r="AA19" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:27">
       <c r="A20" s="2">
         <v>17</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F20" s="2">
         <v>40018161</v>
       </c>
       <c r="G20" s="2" t="s">
@@ -5449,63 +5449,63 @@
       <c r="N22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P22" s="3">
         <v>383.57</v>
       </c>
       <c r="Q22" s="3">
         <v>29.1</v>
       </c>
       <c r="R22" s="3">
         <v>27.85</v>
       </c>
       <c r="S22" s="3">
         <v>14.16</v>
       </c>
       <c r="T22" s="3">
         <v>454.67</v>
       </c>
       <c r="U22" s="3">
         <v>383.57</v>
       </c>
       <c r="V22" s="3">
-        <v>29.1</v>
+        <v>29.7</v>
       </c>
       <c r="W22" s="3">
         <v>27.85</v>
       </c>
       <c r="X22" s="2">
         <v>14.16</v>
       </c>
       <c r="Y22" s="2">
-        <v>454.67</v>
+        <v>455.27</v>
       </c>
       <c r="Z22" s="2">
-        <v>66.59</v>
+        <v>66.68</v>
       </c>
       <c r="AA22" s="2">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:27">
       <c r="A23" s="2">
         <v>20</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F23" s="2">
         <v>40028714</v>
       </c>
       <c r="G23" s="2" t="s">
@@ -5615,63 +5615,63 @@
       <c r="N24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P24" s="3">
         <v>205.07</v>
       </c>
       <c r="Q24" s="3">
         <v>21.31</v>
       </c>
       <c r="R24" s="3">
         <v>55.28</v>
       </c>
       <c r="S24" s="3">
         <v>23.75</v>
       </c>
       <c r="T24" s="3">
         <v>305.41</v>
       </c>
       <c r="U24" s="3">
         <v>205.07</v>
       </c>
       <c r="V24" s="3">
-        <v>21.31</v>
+        <v>21.61</v>
       </c>
       <c r="W24" s="3">
         <v>55.28</v>
       </c>
       <c r="X24" s="2">
         <v>23.75</v>
       </c>
       <c r="Y24" s="2">
-        <v>305.41</v>
+        <v>305.71</v>
       </c>
       <c r="Z24" s="2">
-        <v>53.91</v>
+        <v>53.96</v>
       </c>
       <c r="AA24" s="2">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:27">
       <c r="A25" s="2">
         <v>22</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F25" s="2">
         <v>40027246</v>
       </c>
       <c r="G25" s="2" t="s">
@@ -5781,63 +5781,63 @@
       <c r="N26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P26" s="3">
         <v>561</v>
       </c>
       <c r="Q26" s="3">
         <v>24.01</v>
       </c>
       <c r="R26" s="3">
         <v>50.03</v>
       </c>
       <c r="S26" s="3">
         <v>0</v>
       </c>
       <c r="T26" s="3">
         <v>635.04</v>
       </c>
       <c r="U26" s="3">
         <v>561</v>
       </c>
       <c r="V26" s="3">
-        <v>24.01</v>
+        <v>25.21</v>
       </c>
       <c r="W26" s="3">
         <v>50.03</v>
       </c>
       <c r="X26" s="2">
         <v>0</v>
       </c>
       <c r="Y26" s="2">
-        <v>635.04</v>
+        <v>636.24</v>
       </c>
       <c r="Z26" s="2">
-        <v>53.12</v>
+        <v>53.22</v>
       </c>
       <c r="AA26" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="27" spans="1:27">
       <c r="A27" s="2">
         <v>24</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>135</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F27" s="2">
         <v>40028748</v>
       </c>
       <c r="G27" s="2" t="s">
@@ -5864,63 +5864,63 @@
       <c r="N27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P27" s="3">
         <v>829.08</v>
       </c>
       <c r="Q27" s="3">
         <v>52.24</v>
       </c>
       <c r="R27" s="3">
         <v>78.22</v>
       </c>
       <c r="S27" s="3">
         <v>20.69</v>
       </c>
       <c r="T27" s="3">
         <v>980.23</v>
       </c>
       <c r="U27" s="3">
         <v>829.08</v>
       </c>
       <c r="V27" s="3">
-        <v>52.24</v>
+        <v>54.05</v>
       </c>
       <c r="W27" s="3">
         <v>78.22</v>
       </c>
       <c r="X27" s="2">
         <v>20.69</v>
       </c>
       <c r="Y27" s="2">
-        <v>980.23</v>
+        <v>982.05</v>
       </c>
       <c r="Z27" s="2">
-        <v>65.85</v>
+        <v>65.97</v>
       </c>
       <c r="AA27" s="2">
         <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:27">
       <c r="A28" s="2">
         <v>25</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F28" s="2">
         <v>40026799</v>
       </c>
       <c r="G28" s="2" t="s">
@@ -6196,63 +6196,63 @@
       <c r="N31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P31" s="3">
         <v>335.13</v>
       </c>
       <c r="Q31" s="3">
         <v>26.85</v>
       </c>
       <c r="R31" s="3">
         <v>27.16</v>
       </c>
       <c r="S31" s="3">
         <v>13.84</v>
       </c>
       <c r="T31" s="3">
         <v>402.97</v>
       </c>
       <c r="U31" s="3">
         <v>335.13</v>
       </c>
       <c r="V31" s="3">
-        <v>26.85</v>
+        <v>28.25</v>
       </c>
       <c r="W31" s="3">
         <v>27.16</v>
       </c>
       <c r="X31" s="2">
         <v>13.84</v>
       </c>
       <c r="Y31" s="2">
-        <v>402.97</v>
+        <v>404.38</v>
       </c>
       <c r="Z31" s="2">
-        <v>52.22</v>
+        <v>52.4</v>
       </c>
       <c r="AA31" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:27">
       <c r="A32" s="2">
         <v>29</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F32" s="2">
         <v>40027043</v>
       </c>
       <c r="G32" s="2" t="s">
@@ -6611,63 +6611,63 @@
       <c r="N36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P36" s="3">
         <v>0</v>
       </c>
       <c r="Q36" s="3">
         <v>27.9</v>
       </c>
       <c r="R36" s="3">
         <v>4.95</v>
       </c>
       <c r="S36" s="3">
         <v>0</v>
       </c>
       <c r="T36" s="3">
         <v>32.85</v>
       </c>
       <c r="U36" s="3">
         <v>0</v>
       </c>
       <c r="V36" s="3">
-        <v>27.9</v>
+        <v>29.11</v>
       </c>
       <c r="W36" s="3">
         <v>4.95</v>
       </c>
       <c r="X36" s="2">
         <v>0</v>
       </c>
       <c r="Y36" s="2">
-        <v>32.85</v>
+        <v>34.06</v>
       </c>
       <c r="Z36" s="2">
-        <v>3.57</v>
+        <v>3.7</v>
       </c>
       <c r="AA36" s="2">
         <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:27">
       <c r="A37" s="2">
         <v>34</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F37" s="2">
         <v>40027032</v>
       </c>
       <c r="G37" s="2" t="s">
@@ -6775,63 +6775,63 @@
       <c r="N38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P38" s="3">
         <v>382.64</v>
       </c>
       <c r="Q38" s="3">
         <v>39.65</v>
       </c>
       <c r="R38" s="3">
         <v>28.19</v>
       </c>
       <c r="S38" s="3">
         <v>0</v>
       </c>
       <c r="T38" s="3">
         <v>450.49</v>
       </c>
       <c r="U38" s="3">
         <v>382.64</v>
       </c>
       <c r="V38" s="3">
-        <v>39.65</v>
+        <v>40.06</v>
       </c>
       <c r="W38" s="3">
         <v>28.19</v>
       </c>
       <c r="X38" s="2">
         <v>0</v>
       </c>
       <c r="Y38" s="2">
-        <v>450.49</v>
+        <v>450.89</v>
       </c>
       <c r="Z38" s="2">
-        <v>50.67</v>
+        <v>50.72</v>
       </c>
       <c r="AA38" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:27">
       <c r="A39" s="2">
         <v>36</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F39" s="2">
         <v>40027899</v>
       </c>
       <c r="G39" s="2" t="s">
@@ -22607,63 +22607,63 @@
       <c r="N230" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O230" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P230" s="3">
         <v>102.32</v>
       </c>
       <c r="Q230" s="3">
         <v>0</v>
       </c>
       <c r="R230" s="3">
         <v>0</v>
       </c>
       <c r="S230" s="3">
         <v>0</v>
       </c>
       <c r="T230" s="3">
         <v>102.32</v>
       </c>
       <c r="U230" s="3">
         <v>102.32</v>
       </c>
       <c r="V230" s="3">
-        <v>0</v>
+        <v>1.03</v>
       </c>
       <c r="W230" s="3">
         <v>0</v>
       </c>
       <c r="X230" s="2">
         <v>0</v>
       </c>
       <c r="Y230" s="2">
-        <v>102.32</v>
+        <v>103.35</v>
       </c>
       <c r="Z230" s="2">
-        <v>9.91</v>
+        <v>10.01</v>
       </c>
       <c r="AA230" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="231" spans="1:27">
       <c r="A231" s="2">
         <v>228</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>780</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>781</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>782</v>
       </c>
       <c r="F231" s="2">
         <v>40026700</v>
       </c>
       <c r="G231" s="2" t="s">
@@ -22856,63 +22856,63 @@
       <c r="N233" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O233" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P233" s="3">
         <v>146.41</v>
       </c>
       <c r="Q233" s="3">
         <v>26.87</v>
       </c>
       <c r="R233" s="3">
         <v>12.8</v>
       </c>
       <c r="S233" s="3">
         <v>0</v>
       </c>
       <c r="T233" s="3">
         <v>186.09</v>
       </c>
       <c r="U233" s="3">
         <v>146.41</v>
       </c>
       <c r="V233" s="3">
-        <v>26.87</v>
+        <v>28.18</v>
       </c>
       <c r="W233" s="3">
         <v>12.8</v>
       </c>
       <c r="X233" s="2">
         <v>0</v>
       </c>
       <c r="Y233" s="2">
-        <v>186.09</v>
+        <v>187.4</v>
       </c>
       <c r="Z233" s="2">
-        <v>36.13</v>
+        <v>36.38</v>
       </c>
       <c r="AA233" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="234" spans="1:27">
       <c r="A234" s="2">
         <v>231</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>792</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>793</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>794</v>
       </c>
       <c r="F234" s="2">
         <v>40060356</v>
       </c>
       <c r="G234" s="2" t="s">
@@ -23020,63 +23020,63 @@
       <c r="N235" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P235" s="3">
         <v>482.81</v>
       </c>
       <c r="Q235" s="3">
         <v>61.23</v>
       </c>
       <c r="R235" s="3">
         <v>72.42</v>
       </c>
       <c r="S235" s="3">
         <v>0</v>
       </c>
       <c r="T235" s="3">
         <v>616.45</v>
       </c>
       <c r="U235" s="3">
         <v>482.81</v>
       </c>
       <c r="V235" s="3">
-        <v>61.23</v>
+        <v>62.13</v>
       </c>
       <c r="W235" s="3">
         <v>72.42</v>
       </c>
       <c r="X235" s="2">
         <v>0</v>
       </c>
       <c r="Y235" s="2">
-        <v>616.45</v>
+        <v>617.36</v>
       </c>
       <c r="Z235" s="2">
-        <v>56.99</v>
+        <v>57.07</v>
       </c>
       <c r="AA235" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="236" spans="1:27">
       <c r="A236" s="2">
         <v>233</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>800</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>801</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>802</v>
       </c>
       <c r="F236" s="2">
         <v>40027204</v>
       </c>
       <c r="G236" s="2" t="s">
@@ -23186,63 +23186,63 @@
       <c r="N237" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O237" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P237" s="3">
         <v>411.8</v>
       </c>
       <c r="Q237" s="3">
         <v>25.84</v>
       </c>
       <c r="R237" s="3">
         <v>31.53</v>
       </c>
       <c r="S237" s="3">
         <v>14.86</v>
       </c>
       <c r="T237" s="3">
         <v>484.03</v>
       </c>
       <c r="U237" s="3">
         <v>411.8</v>
       </c>
       <c r="V237" s="3">
-        <v>25.84</v>
+        <v>26.21</v>
       </c>
       <c r="W237" s="3">
         <v>31.53</v>
       </c>
       <c r="X237" s="2">
         <v>14.86</v>
       </c>
       <c r="Y237" s="2">
-        <v>484.03</v>
+        <v>484.39</v>
       </c>
       <c r="Z237" s="2">
-        <v>51.62</v>
+        <v>51.66</v>
       </c>
       <c r="AA237" s="2">
         <v>78</v>
       </c>
     </row>
     <row r="238" spans="1:27">
       <c r="A238" s="2">
         <v>235</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>808</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>809</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>810</v>
       </c>
       <c r="F238" s="2">
         <v>40027011</v>
       </c>
       <c r="G238" s="2" t="s">
@@ -23269,63 +23269,63 @@
       <c r="N238" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P238" s="3">
         <v>80.48</v>
       </c>
       <c r="Q238" s="3">
         <v>30.35</v>
       </c>
       <c r="R238" s="3">
         <v>15.56</v>
       </c>
       <c r="S238" s="3">
         <v>19.43</v>
       </c>
       <c r="T238" s="3">
         <v>145.82</v>
       </c>
       <c r="U238" s="3">
         <v>80.48</v>
       </c>
       <c r="V238" s="3">
-        <v>30.35</v>
+        <v>31.55</v>
       </c>
       <c r="W238" s="3">
         <v>15.56</v>
       </c>
       <c r="X238" s="2">
         <v>19.43</v>
       </c>
       <c r="Y238" s="2">
-        <v>145.82</v>
+        <v>147.01</v>
       </c>
       <c r="Z238" s="2">
-        <v>42.65</v>
+        <v>43</v>
       </c>
       <c r="AA238" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="239" spans="1:27">
       <c r="A239" s="2">
         <v>236</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>813</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>814</v>
       </c>
       <c r="F239" s="2">
         <v>40028480</v>
       </c>
       <c r="G239" s="2" t="s">
@@ -23352,63 +23352,63 @@
       <c r="N239" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P239" s="3">
         <v>3520.73</v>
       </c>
       <c r="Q239" s="3">
         <v>373.51</v>
       </c>
       <c r="R239" s="3">
         <v>2738.91</v>
       </c>
       <c r="S239" s="3">
         <v>0</v>
       </c>
       <c r="T239" s="3">
         <v>6633.15</v>
       </c>
       <c r="U239" s="3">
         <v>3520.73</v>
       </c>
       <c r="V239" s="3">
-        <v>373.51</v>
+        <v>377.12</v>
       </c>
       <c r="W239" s="3">
         <v>2738.91</v>
       </c>
       <c r="X239" s="2">
         <v>0</v>
       </c>
       <c r="Y239" s="2">
-        <v>6633.15</v>
+        <v>6636.76</v>
       </c>
       <c r="Z239" s="2">
-        <v>28.36</v>
+        <v>28.38</v>
       </c>
       <c r="AA239" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="240" spans="1:27">
       <c r="A240" s="2">
         <v>237</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>817</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>818</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>819</v>
       </c>
       <c r="F240" s="2">
         <v>40028841</v>
       </c>
       <c r="G240" s="2" t="s">
@@ -23435,63 +23435,63 @@
       <c r="N240" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O240" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P240" s="3">
         <v>853.53</v>
       </c>
       <c r="Q240" s="3">
         <v>47.04</v>
       </c>
       <c r="R240" s="3">
         <v>72.82</v>
       </c>
       <c r="S240" s="3">
         <v>21.09</v>
       </c>
       <c r="T240" s="3">
         <v>994.49</v>
       </c>
       <c r="U240" s="3">
         <v>853.53</v>
       </c>
       <c r="V240" s="3">
-        <v>47.04</v>
+        <v>48.01</v>
       </c>
       <c r="W240" s="3">
         <v>72.82</v>
       </c>
       <c r="X240" s="2">
         <v>21.09</v>
       </c>
       <c r="Y240" s="2">
-        <v>994.49</v>
+        <v>995.45</v>
       </c>
       <c r="Z240" s="2">
-        <v>64.59</v>
+        <v>64.66</v>
       </c>
       <c r="AA240" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="241" spans="1:27">
       <c r="A241" s="2">
         <v>238</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>822</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>823</v>
       </c>
       <c r="F241" s="2">
         <v>40028721</v>
       </c>
       <c r="G241" s="2" t="s">
@@ -23518,63 +23518,63 @@
       <c r="N241" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O241" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P241" s="3">
         <v>108.95</v>
       </c>
       <c r="Q241" s="3">
         <v>12.99</v>
       </c>
       <c r="R241" s="3">
         <v>2.5</v>
       </c>
       <c r="S241" s="3">
         <v>0</v>
       </c>
       <c r="T241" s="3">
         <v>124.44</v>
       </c>
       <c r="U241" s="3">
         <v>108.95</v>
       </c>
       <c r="V241" s="3">
-        <v>12.99</v>
+        <v>13.49</v>
       </c>
       <c r="W241" s="3">
         <v>2.5</v>
       </c>
       <c r="X241" s="2">
         <v>0</v>
       </c>
       <c r="Y241" s="2">
-        <v>124.44</v>
+        <v>124.94</v>
       </c>
       <c r="Z241" s="2">
-        <v>14.24</v>
+        <v>14.29</v>
       </c>
       <c r="AA241" s="2">
         <v>22</v>
       </c>
     </row>
     <row r="242" spans="1:27">
       <c r="A242" s="2">
         <v>239</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>826</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>827</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F242" s="2">
         <v>40027095</v>
       </c>
       <c r="G242" s="2" t="s">
@@ -23601,63 +23601,63 @@
       <c r="N242" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O242" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P242" s="3">
         <v>398.9</v>
       </c>
       <c r="Q242" s="3">
         <v>28.85</v>
       </c>
       <c r="R242" s="3">
         <v>38.26</v>
       </c>
       <c r="S242" s="3">
         <v>15.54</v>
       </c>
       <c r="T242" s="3">
         <v>481.54</v>
       </c>
       <c r="U242" s="3">
         <v>398.9</v>
       </c>
       <c r="V242" s="3">
-        <v>28.85</v>
+        <v>30.3</v>
       </c>
       <c r="W242" s="3">
         <v>38.26</v>
       </c>
       <c r="X242" s="2">
         <v>15.54</v>
       </c>
       <c r="Y242" s="2">
-        <v>481.54</v>
+        <v>482.99</v>
       </c>
       <c r="Z242" s="2">
-        <v>45.97</v>
+        <v>46.11</v>
       </c>
       <c r="AA242" s="2">
         <v>78</v>
       </c>
     </row>
     <row r="243" spans="1:27">
       <c r="A243" s="2">
         <v>240</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>830</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>831</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F243" s="2">
         <v>40028724</v>
       </c>
       <c r="G243" s="2" t="s">
@@ -23933,63 +23933,63 @@
       <c r="N246" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O246" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P246" s="3">
         <v>599.61</v>
       </c>
       <c r="Q246" s="3">
         <v>37.74</v>
       </c>
       <c r="R246" s="3">
         <v>58.21</v>
       </c>
       <c r="S246" s="3">
         <v>14.32</v>
       </c>
       <c r="T246" s="3">
         <v>709.88</v>
       </c>
       <c r="U246" s="3">
         <v>599.61</v>
       </c>
       <c r="V246" s="3">
-        <v>37.74</v>
+        <v>38.34</v>
       </c>
       <c r="W246" s="3">
         <v>58.21</v>
       </c>
       <c r="X246" s="2">
         <v>14.32</v>
       </c>
       <c r="Y246" s="2">
-        <v>709.88</v>
+        <v>710.48</v>
       </c>
       <c r="Z246" s="2">
-        <v>56.18</v>
+        <v>56.23</v>
       </c>
       <c r="AA246" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="247" spans="1:27">
       <c r="A247" s="2">
         <v>244</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>846</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>847</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>848</v>
       </c>
       <c r="F247" s="2">
         <v>40027120</v>
       </c>
       <c r="G247" s="2" t="s">
@@ -24016,63 +24016,63 @@
       <c r="N247" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P247" s="3">
         <v>446.66</v>
       </c>
       <c r="Q247" s="3">
         <v>30.83</v>
       </c>
       <c r="R247" s="3">
         <v>35.8</v>
       </c>
       <c r="S247" s="3">
         <v>14.64</v>
       </c>
       <c r="T247" s="3">
         <v>527.92</v>
       </c>
       <c r="U247" s="3">
         <v>446.66</v>
       </c>
       <c r="V247" s="3">
-        <v>30.83</v>
+        <v>31.73</v>
       </c>
       <c r="W247" s="3">
         <v>35.8</v>
       </c>
       <c r="X247" s="2">
         <v>14.64</v>
       </c>
       <c r="Y247" s="2">
-        <v>527.92</v>
+        <v>528.82</v>
       </c>
       <c r="Z247" s="2">
-        <v>53.63</v>
+        <v>53.72</v>
       </c>
       <c r="AA247" s="2">
         <v>78</v>
       </c>
     </row>
     <row r="248" spans="1:27">
       <c r="A248" s="2">
         <v>245</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>850</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>851</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>852</v>
       </c>
       <c r="F248" s="2">
         <v>40012778</v>
       </c>
       <c r="G248" s="2" t="s">
@@ -27762,63 +27762,63 @@
       <c r="N293" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P293" s="3">
         <v>135.99</v>
       </c>
       <c r="Q293" s="3">
         <v>26.24</v>
       </c>
       <c r="R293" s="3">
         <v>25.95</v>
       </c>
       <c r="S293" s="3">
         <v>0</v>
       </c>
       <c r="T293" s="3">
         <v>188.19</v>
       </c>
       <c r="U293" s="3">
         <v>135.99</v>
       </c>
       <c r="V293" s="3">
-        <v>26.24</v>
+        <v>26.79</v>
       </c>
       <c r="W293" s="3">
         <v>25.95</v>
       </c>
       <c r="X293" s="2">
         <v>0</v>
       </c>
       <c r="Y293" s="2">
-        <v>188.19</v>
+        <v>188.73</v>
       </c>
       <c r="Z293" s="2">
-        <v>55.51</v>
+        <v>55.67</v>
       </c>
       <c r="AA293" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="294" spans="1:27">
       <c r="A294" s="2">
         <v>291</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="F294" s="2">
         <v>40060393</v>
       </c>
       <c r="G294" s="2" t="s">
@@ -28414,63 +28414,63 @@
       <c r="N301" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P301" s="3">
         <v>423.85</v>
       </c>
       <c r="Q301" s="3">
         <v>30.83</v>
       </c>
       <c r="R301" s="3">
         <v>58.07</v>
       </c>
       <c r="S301" s="3">
         <v>14.28</v>
       </c>
       <c r="T301" s="3">
         <v>527.03</v>
       </c>
       <c r="U301" s="3">
         <v>423.85</v>
       </c>
       <c r="V301" s="3">
-        <v>30.83</v>
+        <v>32.63</v>
       </c>
       <c r="W301" s="3">
         <v>58.07</v>
       </c>
       <c r="X301" s="2">
         <v>14.28</v>
       </c>
       <c r="Y301" s="2">
-        <v>527.03</v>
+        <v>528.83</v>
       </c>
       <c r="Z301" s="2">
-        <v>58.05</v>
+        <v>58.25</v>
       </c>
       <c r="AA301" s="2">
         <v>79</v>
       </c>
     </row>
     <row r="302" spans="1:27">
       <c r="A302" s="2">
         <v>299</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="F302" s="2">
         <v>40027024</v>
       </c>
       <c r="G302" s="2" t="s">
@@ -28497,63 +28497,63 @@
       <c r="N302" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O302" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P302" s="3">
         <v>284.73</v>
       </c>
       <c r="Q302" s="3">
         <v>28.64</v>
       </c>
       <c r="R302" s="3">
         <v>40.91</v>
       </c>
       <c r="S302" s="3">
         <v>21.34</v>
       </c>
       <c r="T302" s="3">
         <v>375.62</v>
       </c>
       <c r="U302" s="3">
         <v>284.73</v>
       </c>
       <c r="V302" s="3">
-        <v>28.64</v>
+        <v>30.16</v>
       </c>
       <c r="W302" s="3">
         <v>40.91</v>
       </c>
       <c r="X302" s="2">
         <v>21.34</v>
       </c>
       <c r="Y302" s="2">
-        <v>375.62</v>
+        <v>377.14</v>
       </c>
       <c r="Z302" s="2">
-        <v>52.1</v>
+        <v>52.32</v>
       </c>
       <c r="AA302" s="2">
         <v>72</v>
       </c>
     </row>
     <row r="303" spans="1:27">
       <c r="A303" s="2">
         <v>300</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="F303" s="2">
         <v>40027146</v>
       </c>
       <c r="G303" s="2" t="s">
@@ -28995,63 +28995,63 @@
       <c r="N308" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P308" s="3">
         <v>149.81</v>
       </c>
       <c r="Q308" s="3">
         <v>32.67</v>
       </c>
       <c r="R308" s="3">
         <v>17.71</v>
       </c>
       <c r="S308" s="3">
         <v>13.09</v>
       </c>
       <c r="T308" s="3">
         <v>213.27</v>
       </c>
       <c r="U308" s="3">
         <v>149.81</v>
       </c>
       <c r="V308" s="3">
-        <v>32.67</v>
+        <v>33.01</v>
       </c>
       <c r="W308" s="3">
         <v>17.71</v>
       </c>
       <c r="X308" s="2">
         <v>13.09</v>
       </c>
       <c r="Y308" s="2">
-        <v>213.27</v>
+        <v>213.61</v>
       </c>
       <c r="Z308" s="2">
-        <v>47.51</v>
+        <v>47.58</v>
       </c>
       <c r="AA308" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:27">
       <c r="A309" s="2">
         <v>306</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F309" s="2">
         <v>40026528</v>
       </c>
       <c r="G309" s="2" t="s">
@@ -29161,63 +29161,63 @@
       <c r="N310" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O310" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P310" s="3">
         <v>117.63</v>
       </c>
       <c r="Q310" s="3">
         <v>23.28</v>
       </c>
       <c r="R310" s="3">
         <v>13.73</v>
       </c>
       <c r="S310" s="3">
         <v>24.33</v>
       </c>
       <c r="T310" s="3">
         <v>178.97</v>
       </c>
       <c r="U310" s="3">
         <v>117.63</v>
       </c>
       <c r="V310" s="3">
-        <v>23.28</v>
+        <v>24.52</v>
       </c>
       <c r="W310" s="3">
         <v>13.73</v>
       </c>
       <c r="X310" s="2">
         <v>24.33</v>
       </c>
       <c r="Y310" s="2">
-        <v>178.97</v>
+        <v>180.21</v>
       </c>
       <c r="Z310" s="2">
-        <v>69.49</v>
+        <v>69.98</v>
       </c>
       <c r="AA310" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="311" spans="1:27">
       <c r="A311" s="2">
         <v>308</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="F311" s="2">
         <v>40027256</v>
       </c>
       <c r="G311" s="2" t="s">
@@ -29305,63 +29305,63 @@
       </c>
       <c r="M312" s="7">
         <v>85148.91</v>
       </c>
       <c r="N312" s="7"/>
       <c r="O312" s="7"/>
       <c r="P312" s="7">
         <v>23555.2</v>
       </c>
       <c r="Q312" s="7">
         <v>1881.2</v>
       </c>
       <c r="R312" s="7">
         <v>5056.67</v>
       </c>
       <c r="S312" s="7">
         <v>327.28</v>
       </c>
       <c r="T312" s="7">
         <v>30820.36</v>
       </c>
       <c r="U312" s="7">
         <v>23486.34</v>
       </c>
       <c r="V312" s="7">
-        <v>1881.89</v>
+        <v>1915.42</v>
       </c>
       <c r="W312" s="7">
         <v>5056.67</v>
       </c>
       <c r="X312" s="6">
         <v>327.28</v>
       </c>
       <c r="Y312" s="6">
-        <v>30752.18</v>
+        <v>30785.71</v>
       </c>
       <c r="Z312" s="6">
-        <v>36.12</v>
+        <v>36.16</v>
       </c>
       <c r="AA312" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>
     <mergeCell ref="AA2:AA3"/>
     <mergeCell ref="A312:J312"/>
   </mergeCells>