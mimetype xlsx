--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -31767,51 +31767,51 @@
       </c>
       <c r="Z321" s="2">
         <v>91.16</v>
       </c>
       <c r="AA321" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:27">
       <c r="A322" s="2">
         <v>319</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="F322" s="2">
-        <v>40001112</v>
+        <v>0</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>780</v>
       </c>
       <c r="H322" s="3" t="s">
         <v>90</v>
       </c>
       <c r="I322" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="J322" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="K322" s="3">
         <v>18.97</v>
       </c>
       <c r="L322" s="3">
         <v>0</v>
       </c>
       <c r="M322" s="3">
         <v>18.97</v>
       </c>
       <c r="N322" s="3" t="s">
         <v>32</v>
       </c>
@@ -34035,51 +34035,51 @@
       </c>
       <c r="Z349" s="2">
         <v>95.89</v>
       </c>
       <c r="AA349" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:27">
       <c r="A350" s="2">
         <v>347</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>1391</v>
       </c>
       <c r="F350" s="2">
-        <v>7755734</v>
+        <v>0</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>780</v>
       </c>
       <c r="H350" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I350" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="J350" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="K350" s="3">
         <v>94.34</v>
       </c>
       <c r="L350" s="3">
         <v>0</v>
       </c>
       <c r="M350" s="3">
         <v>94.34</v>
       </c>
       <c r="N350" s="3" t="s">
         <v>32</v>
       </c>
@@ -34483,66 +34483,66 @@
         <v>0</v>
       </c>
       <c r="M355" s="3">
         <v>99.83</v>
       </c>
       <c r="N355" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O355" s="3"/>
       <c r="P355" s="3">
         <v>99.83</v>
       </c>
       <c r="Q355" s="3">
         <v>0</v>
       </c>
       <c r="R355" s="3">
         <v>0</v>
       </c>
       <c r="S355" s="3">
         <v>0</v>
       </c>
       <c r="T355" s="3">
         <v>99.83</v>
       </c>
       <c r="U355" s="3">
-        <v>49.93</v>
+        <v>50.13</v>
       </c>
       <c r="V355" s="3">
         <v>0</v>
       </c>
       <c r="W355" s="3">
         <v>0</v>
       </c>
       <c r="X355" s="2">
         <v>0</v>
       </c>
       <c r="Y355" s="2">
-        <v>49.93</v>
+        <v>50.13</v>
       </c>
       <c r="Z355" s="2">
-        <v>50.02</v>
+        <v>50.22</v>
       </c>
       <c r="AA355" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:27">
       <c r="A356" s="2">
         <v>353</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="F356" s="2">
         <v>7391217</v>
       </c>
       <c r="G356" s="2" t="s">
@@ -34683,51 +34683,51 @@
       </c>
       <c r="Z357" s="2">
         <v>62.69</v>
       </c>
       <c r="AA357" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:27">
       <c r="A358" s="2">
         <v>355</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>1421</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="F358" s="2">
-        <v>7755535</v>
+        <v>0</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>780</v>
       </c>
       <c r="H358" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I358" s="3" t="s">
         <v>1424</v>
       </c>
       <c r="J358" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="K358" s="3">
         <v>89.5</v>
       </c>
       <c r="L358" s="3">
         <v>0</v>
       </c>
       <c r="M358" s="3">
         <v>89.5</v>
       </c>
       <c r="N358" s="3" t="s">
         <v>32</v>
       </c>
@@ -34764,51 +34764,51 @@
       </c>
       <c r="Z358" s="2">
         <v>94.53</v>
       </c>
       <c r="AA358" s="2">
         <v>55</v>
       </c>
     </row>
     <row r="359" spans="1:27">
       <c r="A359" s="2">
         <v>356</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>1425</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>1426</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1427</v>
       </c>
       <c r="F359" s="2">
-        <v>7755745</v>
+        <v>0</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>780</v>
       </c>
       <c r="H359" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I359" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="J359" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="K359" s="3">
         <v>60.91</v>
       </c>
       <c r="L359" s="3">
         <v>0</v>
       </c>
       <c r="M359" s="3">
         <v>60.91</v>
       </c>
       <c r="N359" s="3" t="s">
         <v>32</v>
       </c>
@@ -39589,63 +39589,63 @@
       </c>
       <c r="L417" s="7">
         <v>10916.53</v>
       </c>
       <c r="M417" s="7">
         <v>184992.62</v>
       </c>
       <c r="N417" s="7"/>
       <c r="O417" s="7"/>
       <c r="P417" s="7">
         <v>46343.32</v>
       </c>
       <c r="Q417" s="7">
         <v>6230.09</v>
       </c>
       <c r="R417" s="7">
         <v>8168.97</v>
       </c>
       <c r="S417" s="7">
         <v>0</v>
       </c>
       <c r="T417" s="7">
         <v>60742.38</v>
       </c>
       <c r="U417" s="7">
-        <v>46035.05</v>
+        <v>46035.25</v>
       </c>
       <c r="V417" s="7">
         <v>6230.08</v>
       </c>
       <c r="W417" s="7">
         <v>8168.97</v>
       </c>
       <c r="X417" s="6">
         <v>0</v>
       </c>
       <c r="Y417" s="6">
-        <v>60434.1</v>
+        <v>60434.29</v>
       </c>
       <c r="Z417" s="6">
         <v>32.67</v>
       </c>
       <c r="AA417" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>