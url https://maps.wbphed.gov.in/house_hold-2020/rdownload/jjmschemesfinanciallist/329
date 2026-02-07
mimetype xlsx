--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -5550,66 +5550,66 @@
       <c r="M15" s="3">
         <v>524.8</v>
       </c>
       <c r="N15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="3">
         <v>329.39</v>
       </c>
       <c r="Q15" s="3">
         <v>30.43</v>
       </c>
       <c r="R15" s="3">
         <v>0</v>
       </c>
       <c r="S15" s="3">
         <v>0</v>
       </c>
       <c r="T15" s="3">
         <v>359.82</v>
       </c>
       <c r="U15" s="3">
-        <v>327.95</v>
+        <v>329.39</v>
       </c>
       <c r="V15" s="3">
         <v>30.43</v>
       </c>
       <c r="W15" s="3">
         <v>0</v>
       </c>
       <c r="X15" s="2">
         <v>0</v>
       </c>
       <c r="Y15" s="2">
-        <v>358.38</v>
+        <v>359.82</v>
       </c>
       <c r="Z15" s="2">
-        <v>68.29</v>
+        <v>68.56</v>
       </c>
       <c r="AA15" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:27">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>90</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F16" s="2">
         <v>40003698</v>
       </c>
       <c r="G16" s="2" t="s">
@@ -10860,66 +10860,66 @@
       <c r="M79" s="3">
         <v>415</v>
       </c>
       <c r="N79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P79" s="3">
         <v>183.94</v>
       </c>
       <c r="Q79" s="3">
         <v>9.33</v>
       </c>
       <c r="R79" s="3">
         <v>6.78</v>
       </c>
       <c r="S79" s="3">
         <v>0</v>
       </c>
       <c r="T79" s="3">
         <v>200.05</v>
       </c>
       <c r="U79" s="3">
-        <v>174.73</v>
+        <v>183.94</v>
       </c>
       <c r="V79" s="3">
         <v>12.84</v>
       </c>
       <c r="W79" s="3">
         <v>6.78</v>
       </c>
       <c r="X79" s="2">
         <v>0</v>
       </c>
       <c r="Y79" s="2">
-        <v>194.35</v>
+        <v>203.56</v>
       </c>
       <c r="Z79" s="2">
-        <v>46.83</v>
+        <v>49.05</v>
       </c>
       <c r="AA79" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:27">
       <c r="A80" s="2">
         <v>77</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>357</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>358</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>359</v>
       </c>
       <c r="F80" s="2">
         <v>40036730</v>
       </c>
       <c r="G80" s="2" t="s">
@@ -31006,66 +31006,66 @@
       </c>
       <c r="L323" s="7">
         <v>12264.54</v>
       </c>
       <c r="M323" s="7">
         <v>193648.93</v>
       </c>
       <c r="N323" s="7"/>
       <c r="O323" s="7"/>
       <c r="P323" s="7">
         <v>105107.31</v>
       </c>
       <c r="Q323" s="7">
         <v>5236.33</v>
       </c>
       <c r="R323" s="7">
         <v>7625.03</v>
       </c>
       <c r="S323" s="7">
         <v>18.95</v>
       </c>
       <c r="T323" s="7">
         <v>117987.63</v>
       </c>
       <c r="U323" s="7">
-        <v>104511.85</v>
+        <v>104522.5</v>
       </c>
       <c r="V323" s="7">
         <v>5413.21</v>
       </c>
       <c r="W323" s="7">
         <v>7625.03</v>
       </c>
       <c r="X323" s="6">
         <v>18.95</v>
       </c>
       <c r="Y323" s="6">
-        <v>117569.04</v>
+        <v>117579.7</v>
       </c>
       <c r="Z323" s="6">
-        <v>60.71</v>
+        <v>60.72</v>
       </c>
       <c r="AA323" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>
     <mergeCell ref="AA2:AA3"/>
     <mergeCell ref="A323:J323"/>
   </mergeCells>