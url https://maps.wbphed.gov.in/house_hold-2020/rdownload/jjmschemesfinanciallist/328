--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -6519,66 +6519,66 @@
       <c r="M37" s="3">
         <v>156.26</v>
       </c>
       <c r="N37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P37" s="3">
         <v>80.13</v>
       </c>
       <c r="Q37" s="3">
         <v>0</v>
       </c>
       <c r="R37" s="3">
         <v>2.59</v>
       </c>
       <c r="S37" s="3">
         <v>0</v>
       </c>
       <c r="T37" s="3">
         <v>82.71</v>
       </c>
       <c r="U37" s="3">
-        <v>80.8</v>
+        <v>81.96</v>
       </c>
       <c r="V37" s="3">
         <v>0</v>
       </c>
       <c r="W37" s="3">
         <v>2.59</v>
       </c>
       <c r="X37" s="2">
         <v>0</v>
       </c>
       <c r="Y37" s="2">
-        <v>83.38</v>
+        <v>84.55</v>
       </c>
       <c r="Z37" s="2">
-        <v>53.36</v>
+        <v>54.11</v>
       </c>
       <c r="AA37" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:27">
       <c r="A38" s="2">
         <v>35</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F38" s="2">
         <v>40058210</v>
       </c>
       <c r="G38" s="2" t="s">
@@ -7183,66 +7183,66 @@
       <c r="M45" s="3">
         <v>409.19</v>
       </c>
       <c r="N45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P45" s="3">
         <v>132.81</v>
       </c>
       <c r="Q45" s="3">
         <v>13.06</v>
       </c>
       <c r="R45" s="3">
         <v>44.7</v>
       </c>
       <c r="S45" s="3">
         <v>0</v>
       </c>
       <c r="T45" s="3">
         <v>190.57</v>
       </c>
       <c r="U45" s="3">
-        <v>134.59</v>
+        <v>136.93</v>
       </c>
       <c r="V45" s="3">
         <v>13.06</v>
       </c>
       <c r="W45" s="3">
         <v>44.7</v>
       </c>
       <c r="X45" s="2">
         <v>0</v>
       </c>
       <c r="Y45" s="2">
-        <v>192.35</v>
+        <v>194.7</v>
       </c>
       <c r="Z45" s="2">
-        <v>47.01</v>
+        <v>47.58</v>
       </c>
       <c r="AA45" s="2">
         <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:27">
       <c r="A46" s="2">
         <v>43</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>215</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F46" s="2">
         <v>40033117</v>
       </c>
       <c r="G46" s="2" t="s">
@@ -13303,66 +13303,66 @@
       <c r="M119" s="3">
         <v>143.56</v>
       </c>
       <c r="N119" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P119" s="3">
         <v>76.78</v>
       </c>
       <c r="Q119" s="3">
         <v>15.82</v>
       </c>
       <c r="R119" s="3">
         <v>2.22</v>
       </c>
       <c r="S119" s="3">
         <v>0</v>
       </c>
       <c r="T119" s="3">
         <v>94.82</v>
       </c>
       <c r="U119" s="3">
-        <v>76.78</v>
+        <v>77.09</v>
       </c>
       <c r="V119" s="3">
         <v>16.71</v>
       </c>
       <c r="W119" s="3">
         <v>2.22</v>
       </c>
       <c r="X119" s="2">
         <v>0</v>
       </c>
       <c r="Y119" s="2">
-        <v>95.71</v>
+        <v>96.02</v>
       </c>
       <c r="Z119" s="2">
-        <v>66.67</v>
+        <v>66.88</v>
       </c>
       <c r="AA119" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:27">
       <c r="A120" s="2">
         <v>117</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>525</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>526</v>
       </c>
       <c r="F120" s="2">
         <v>40034086</v>
       </c>
       <c r="G120" s="2" t="s">
@@ -17140,66 +17140,66 @@
       <c r="M166" s="3">
         <v>114.34</v>
       </c>
       <c r="N166" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P166" s="3">
         <v>64.21</v>
       </c>
       <c r="Q166" s="3">
         <v>26.14</v>
       </c>
       <c r="R166" s="3">
         <v>3.69</v>
       </c>
       <c r="S166" s="3">
         <v>0</v>
       </c>
       <c r="T166" s="3">
         <v>94.03</v>
       </c>
       <c r="U166" s="3">
-        <v>48.35</v>
+        <v>48.58</v>
       </c>
       <c r="V166" s="3">
         <v>26.14</v>
       </c>
       <c r="W166" s="3">
         <v>3.69</v>
       </c>
       <c r="X166" s="2">
         <v>0</v>
       </c>
       <c r="Y166" s="2">
-        <v>78.18</v>
+        <v>78.41</v>
       </c>
       <c r="Z166" s="2">
-        <v>68.37</v>
+        <v>68.57</v>
       </c>
       <c r="AA166" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:27">
       <c r="A167" s="2">
         <v>164</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>723</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>724</v>
       </c>
       <c r="F167" s="2">
         <v>40059502</v>
       </c>
       <c r="G167" s="2" t="s">
@@ -17970,66 +17970,66 @@
       <c r="M176" s="3">
         <v>115.93</v>
       </c>
       <c r="N176" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O176" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P176" s="3">
         <v>71.35</v>
       </c>
       <c r="Q176" s="3">
         <v>21.67</v>
       </c>
       <c r="R176" s="3">
         <v>3.31</v>
       </c>
       <c r="S176" s="3">
         <v>0</v>
       </c>
       <c r="T176" s="3">
         <v>96.33</v>
       </c>
       <c r="U176" s="3">
-        <v>71.35</v>
+        <v>71.91</v>
       </c>
       <c r="V176" s="3">
         <v>21.67</v>
       </c>
       <c r="W176" s="3">
         <v>3.31</v>
       </c>
       <c r="X176" s="2">
         <v>0</v>
       </c>
       <c r="Y176" s="2">
-        <v>96.33</v>
+        <v>96.89</v>
       </c>
       <c r="Z176" s="2">
-        <v>83.09</v>
+        <v>83.58</v>
       </c>
       <c r="AA176" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="177" spans="1:27">
       <c r="A177" s="2">
         <v>174</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>759</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>760</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>761</v>
       </c>
       <c r="F177" s="2">
         <v>40059498</v>
       </c>
       <c r="G177" s="2" t="s">
@@ -23189,69 +23189,69 @@
       <c r="M239" s="3">
         <v>1910.96</v>
       </c>
       <c r="N239" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P239" s="3">
         <v>574.02</v>
       </c>
       <c r="Q239" s="3">
         <v>36.35</v>
       </c>
       <c r="R239" s="3">
         <v>0</v>
       </c>
       <c r="S239" s="3">
         <v>0</v>
       </c>
       <c r="T239" s="3">
         <v>610.37</v>
       </c>
       <c r="U239" s="3">
-        <v>574.02</v>
+        <v>576.27</v>
       </c>
       <c r="V239" s="3">
         <v>36.35</v>
       </c>
       <c r="W239" s="3">
         <v>0</v>
       </c>
       <c r="X239" s="2">
         <v>0</v>
       </c>
       <c r="Y239" s="2">
-        <v>610.37</v>
+        <v>612.62</v>
       </c>
       <c r="Z239" s="2">
-        <v>31.94</v>
+        <v>32.06</v>
       </c>
       <c r="AA239" s="2">
-        <v>4</v>
+        <v>44</v>
       </c>
     </row>
     <row r="240" spans="1:27">
       <c r="A240" s="2">
         <v>237</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>992</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>993</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F240" s="2">
         <v>40034094</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H240" s="3" t="s">
@@ -24408,63 +24408,63 @@
       </c>
       <c r="L254" s="7">
         <v>13219.68</v>
       </c>
       <c r="M254" s="7">
         <v>121458.88</v>
       </c>
       <c r="N254" s="7"/>
       <c r="O254" s="7"/>
       <c r="P254" s="7">
         <v>45336.29</v>
       </c>
       <c r="Q254" s="7">
         <v>5806.8</v>
       </c>
       <c r="R254" s="7">
         <v>6422.64</v>
       </c>
       <c r="S254" s="7">
         <v>126.05</v>
       </c>
       <c r="T254" s="7">
         <v>57691.77</v>
       </c>
       <c r="U254" s="7">
-        <v>43902.06</v>
+        <v>43908.91</v>
       </c>
       <c r="V254" s="7">
         <v>5876.89</v>
       </c>
       <c r="W254" s="7">
         <v>6422.64</v>
       </c>
       <c r="X254" s="6">
         <v>126.05</v>
       </c>
       <c r="Y254" s="6">
-        <v>56327.65</v>
+        <v>56334.49</v>
       </c>
       <c r="Z254" s="6">
         <v>46.38</v>
       </c>
       <c r="AA254" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>