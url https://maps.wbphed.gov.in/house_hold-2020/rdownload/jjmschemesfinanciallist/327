--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -7322,66 +7322,66 @@
       <c r="M27" s="3">
         <v>244.41</v>
       </c>
       <c r="N27" s="3" t="s">
         <v>82</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P27" s="3">
         <v>142.31</v>
       </c>
       <c r="Q27" s="3">
         <v>42.74</v>
       </c>
       <c r="R27" s="3">
         <v>16.39</v>
       </c>
       <c r="S27" s="3">
         <v>0</v>
       </c>
       <c r="T27" s="3">
         <v>201.43</v>
       </c>
       <c r="U27" s="3">
-        <v>145.55</v>
+        <v>146.37</v>
       </c>
       <c r="V27" s="3">
         <v>44.51</v>
       </c>
       <c r="W27" s="3">
         <v>16.39</v>
       </c>
       <c r="X27" s="2">
         <v>0</v>
       </c>
       <c r="Y27" s="2">
-        <v>206.45</v>
+        <v>207.26</v>
       </c>
       <c r="Z27" s="2">
-        <v>84.47</v>
+        <v>84.8</v>
       </c>
       <c r="AA27" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:27">
       <c r="A28" s="2">
         <v>25</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F28" s="2">
         <v>40054313</v>
       </c>
       <c r="G28" s="2" t="s">
@@ -14491,51 +14491,51 @@
       </c>
       <c r="Z114" s="2">
         <v>29.41</v>
       </c>
       <c r="AA114" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:27">
       <c r="A115" s="2">
         <v>112</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>505</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>506</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F115" s="2">
-        <v>40018897</v>
+        <v>40036664</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>508</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>488</v>
       </c>
       <c r="K115" s="3">
         <v>865.61</v>
       </c>
       <c r="L115" s="3">
         <v>0</v>
       </c>
       <c r="M115" s="3">
         <v>865.61</v>
       </c>
       <c r="N115" s="3" t="s">
         <v>49</v>
       </c>
@@ -14551,51 +14551,53 @@
       </c>
       <c r="S115" s="3">
         <v>0</v>
       </c>
       <c r="T115" s="3">
         <v>787.14</v>
       </c>
       <c r="U115" s="3">
         <v>779.06</v>
       </c>
       <c r="V115" s="3">
         <v>0</v>
       </c>
       <c r="W115" s="3">
         <v>8.08</v>
       </c>
       <c r="X115" s="2">
         <v>0</v>
       </c>
       <c r="Y115" s="2">
         <v>787.14</v>
       </c>
       <c r="Z115" s="2">
         <v>90.94</v>
       </c>
-      <c r="AA115" s="2"/>
+      <c r="AA115" s="2">
+        <v>95</v>
+      </c>
     </row>
     <row r="116" spans="1:27">
       <c r="A116" s="2">
         <v>113</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>509</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>510</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F116" s="2">
         <v>40037040</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>29</v>
@@ -17018,51 +17020,51 @@
       </c>
       <c r="Z145" s="2">
         <v>8.37</v>
       </c>
       <c r="AA145" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="146" spans="1:27">
       <c r="A146" s="2">
         <v>143</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>634</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F146" s="2">
-        <v>40044743</v>
+        <v>0</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>636</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>306</v>
       </c>
       <c r="K146" s="3">
         <v>198.98</v>
       </c>
       <c r="L146" s="3">
         <v>18.86</v>
       </c>
       <c r="M146" s="3">
         <v>217.84</v>
       </c>
       <c r="N146" s="3" t="s">
         <v>55</v>
       </c>
@@ -17391,66 +17393,66 @@
       <c r="M150" s="3">
         <v>240.06</v>
       </c>
       <c r="N150" s="3" t="s">
         <v>82</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P150" s="3">
         <v>125.07</v>
       </c>
       <c r="Q150" s="3">
         <v>47.56</v>
       </c>
       <c r="R150" s="3">
         <v>5.25</v>
       </c>
       <c r="S150" s="3">
         <v>0</v>
       </c>
       <c r="T150" s="3">
         <v>177.88</v>
       </c>
       <c r="U150" s="3">
-        <v>129.71</v>
+        <v>130.58</v>
       </c>
       <c r="V150" s="3">
         <v>53.1</v>
       </c>
       <c r="W150" s="3">
         <v>5.25</v>
       </c>
       <c r="X150" s="2">
         <v>0</v>
       </c>
       <c r="Y150" s="2">
-        <v>188.06</v>
+        <v>188.93</v>
       </c>
       <c r="Z150" s="2">
-        <v>78.34</v>
+        <v>78.7</v>
       </c>
       <c r="AA150" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:27">
       <c r="A151" s="2">
         <v>148</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>653</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>654</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F151" s="2">
         <v>40020117</v>
       </c>
       <c r="G151" s="2" t="s">
@@ -18132,66 +18134,66 @@
       <c r="M159" s="3">
         <v>184.33</v>
       </c>
       <c r="N159" s="3" t="s">
         <v>82</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P159" s="3">
         <v>51.44</v>
       </c>
       <c r="Q159" s="3">
         <v>28.57</v>
       </c>
       <c r="R159" s="3">
         <v>1.29</v>
       </c>
       <c r="S159" s="3">
         <v>0</v>
       </c>
       <c r="T159" s="3">
         <v>81.29</v>
       </c>
       <c r="U159" s="3">
-        <v>53.21</v>
+        <v>53.41</v>
       </c>
       <c r="V159" s="3">
         <v>30.32</v>
       </c>
       <c r="W159" s="3">
         <v>1.29</v>
       </c>
       <c r="X159" s="2">
         <v>0</v>
       </c>
       <c r="Y159" s="2">
-        <v>84.82</v>
+        <v>85.02</v>
       </c>
       <c r="Z159" s="2">
-        <v>46.02</v>
+        <v>46.12</v>
       </c>
       <c r="AA159" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:27">
       <c r="A160" s="2">
         <v>157</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>686</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>687</v>
       </c>
       <c r="F160" s="2">
         <v>40039769</v>
       </c>
       <c r="G160" s="2" t="s">
@@ -38216,63 +38218,63 @@
       </c>
       <c r="L407" s="7">
         <v>7382.86</v>
       </c>
       <c r="M407" s="7">
         <v>255130.73</v>
       </c>
       <c r="N407" s="7"/>
       <c r="O407" s="7"/>
       <c r="P407" s="7">
         <v>105603.54</v>
       </c>
       <c r="Q407" s="7">
         <v>2203.22</v>
       </c>
       <c r="R407" s="7">
         <v>3776.51</v>
       </c>
       <c r="S407" s="7">
         <v>92.48</v>
       </c>
       <c r="T407" s="7">
         <v>111675.76</v>
       </c>
       <c r="U407" s="7">
-        <v>105454.27</v>
+        <v>105456.16</v>
       </c>
       <c r="V407" s="7">
         <v>2227.62</v>
       </c>
       <c r="W407" s="7">
         <v>3776.51</v>
       </c>
       <c r="X407" s="6">
         <v>92.48</v>
       </c>
       <c r="Y407" s="6">
-        <v>111550.88</v>
+        <v>111552.76</v>
       </c>
       <c r="Z407" s="6">
         <v>43.72</v>
       </c>
       <c r="AA407" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:T2"/>
     <mergeCell ref="U2:Y2"/>
     <mergeCell ref="Z2:Z3"/>