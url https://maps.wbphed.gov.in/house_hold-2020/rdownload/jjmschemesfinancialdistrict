--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -701,66 +701,66 @@
       <c r="D4" s="3">
         <v>819.57</v>
       </c>
       <c r="E4" s="3">
         <v>77.1</v>
       </c>
       <c r="F4" s="3">
         <v>896.67</v>
       </c>
       <c r="G4" s="3">
         <v>421.16</v>
       </c>
       <c r="H4" s="4">
         <v>34.16</v>
       </c>
       <c r="I4" s="4">
         <v>39.94</v>
       </c>
       <c r="J4" s="4">
         <v>0</v>
       </c>
       <c r="K4" s="4">
         <v>495.26</v>
       </c>
       <c r="L4" s="4">
-        <v>419.22</v>
+        <v>419.25</v>
       </c>
       <c r="M4" s="4">
         <v>34.93</v>
       </c>
       <c r="N4" s="4">
         <v>39.94</v>
       </c>
       <c r="O4" s="4">
         <v>0</v>
       </c>
       <c r="P4" s="4">
-        <v>494.08</v>
+        <v>494.11</v>
       </c>
       <c r="Q4" s="4">
-        <v>55.1</v>
+        <v>55.11</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3">
         <v>966</v>
       </c>
       <c r="D5" s="3">
         <v>2071.27</v>
       </c>
       <c r="E5" s="3">
         <v>311.55</v>
       </c>
       <c r="F5" s="3">
@@ -819,66 +819,66 @@
       <c r="D6" s="3">
         <v>2337.04</v>
       </c>
       <c r="E6" s="3">
         <v>207.29</v>
       </c>
       <c r="F6" s="3">
         <v>2544.33</v>
       </c>
       <c r="G6" s="3">
         <v>580.97</v>
       </c>
       <c r="H6" s="4">
         <v>71.63</v>
       </c>
       <c r="I6" s="4">
         <v>186.53</v>
       </c>
       <c r="J6" s="4">
         <v>11.94</v>
       </c>
       <c r="K6" s="4">
         <v>851.06</v>
       </c>
       <c r="L6" s="4">
-        <v>580.31</v>
+        <v>580.58</v>
       </c>
       <c r="M6" s="4">
         <v>71.37</v>
       </c>
       <c r="N6" s="4">
         <v>186.53</v>
       </c>
       <c r="O6" s="4">
         <v>11.94</v>
       </c>
       <c r="P6" s="4">
-        <v>850.14</v>
+        <v>850.41</v>
       </c>
       <c r="Q6" s="4">
-        <v>33.41</v>
+        <v>33.42</v>
       </c>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>319</v>
       </c>
       <c r="D7" s="3">
         <v>1813.84</v>
       </c>
       <c r="E7" s="3">
         <v>122.65</v>
       </c>
       <c r="F7" s="3">
@@ -937,66 +937,66 @@
       <c r="D8" s="3">
         <v>768.17</v>
       </c>
       <c r="E8" s="3">
         <v>83.32</v>
       </c>
       <c r="F8" s="3">
         <v>851.49</v>
       </c>
       <c r="G8" s="3">
         <v>235.55</v>
       </c>
       <c r="H8" s="4">
         <v>18.81</v>
       </c>
       <c r="I8" s="4">
         <v>50.57</v>
       </c>
       <c r="J8" s="4">
         <v>3.27</v>
       </c>
       <c r="K8" s="4">
         <v>308.2</v>
       </c>
       <c r="L8" s="4">
-        <v>234.82</v>
+        <v>234.86</v>
       </c>
       <c r="M8" s="4">
         <v>18.82</v>
       </c>
       <c r="N8" s="4">
         <v>50.57</v>
       </c>
       <c r="O8" s="4">
         <v>3.27</v>
       </c>
       <c r="P8" s="4">
-        <v>307.48</v>
+        <v>307.52</v>
       </c>
       <c r="Q8" s="4">
-        <v>36.11</v>
+        <v>36.12</v>
       </c>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="3">
         <v>403</v>
       </c>
       <c r="D9" s="3">
         <v>2477.48</v>
       </c>
       <c r="E9" s="3">
         <v>73.83</v>
       </c>
       <c r="F9" s="3">
@@ -1412,63 +1412,63 @@
       <c r="E16" s="3">
         <v>535.34</v>
       </c>
       <c r="F16" s="3">
         <v>5492.96</v>
       </c>
       <c r="G16" s="3">
         <v>1055.7</v>
       </c>
       <c r="H16" s="4">
         <v>46.46</v>
       </c>
       <c r="I16" s="4">
         <v>245.06</v>
       </c>
       <c r="J16" s="4">
         <v>9.33</v>
       </c>
       <c r="K16" s="4">
         <v>1356.55</v>
       </c>
       <c r="L16" s="4">
         <v>1049.72</v>
       </c>
       <c r="M16" s="4">
-        <v>45.73</v>
+        <v>46.47</v>
       </c>
       <c r="N16" s="4">
         <v>245.06</v>
       </c>
       <c r="O16" s="4">
         <v>9.33</v>
       </c>
       <c r="P16" s="4">
-        <v>1349.84</v>
+        <v>1350.58</v>
       </c>
       <c r="Q16" s="4">
-        <v>24.57</v>
+        <v>24.59</v>
       </c>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="3">
         <v>637</v>
       </c>
       <c r="D17" s="3">
         <v>3021.14</v>
       </c>
       <c r="E17" s="3">
         <v>229.44</v>
       </c>
       <c r="F17" s="3">
@@ -1527,63 +1527,63 @@
       <c r="D18" s="3">
         <v>3347.07</v>
       </c>
       <c r="E18" s="3">
         <v>181.59</v>
       </c>
       <c r="F18" s="3">
         <v>3528.65</v>
       </c>
       <c r="G18" s="3">
         <v>1252.87</v>
       </c>
       <c r="H18" s="4">
         <v>38.1</v>
       </c>
       <c r="I18" s="4">
         <v>260.16</v>
       </c>
       <c r="J18" s="4">
         <v>14.92</v>
       </c>
       <c r="K18" s="4">
         <v>1566.05</v>
       </c>
       <c r="L18" s="4">
-        <v>1252.34</v>
+        <v>1252.5</v>
       </c>
       <c r="M18" s="4">
         <v>38.18</v>
       </c>
       <c r="N18" s="4">
         <v>260.16</v>
       </c>
       <c r="O18" s="4">
         <v>14.92</v>
       </c>
       <c r="P18" s="4">
-        <v>1565.6</v>
+        <v>1565.76</v>
       </c>
       <c r="Q18" s="4">
         <v>44.37</v>
       </c>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="3">
         <v>124</v>
       </c>
       <c r="D19" s="3">
         <v>1217.6</v>
       </c>
       <c r="E19" s="3">
@@ -1884,60 +1884,60 @@
       <c r="E24" s="3">
         <v>362.41</v>
       </c>
       <c r="F24" s="3">
         <v>6302.16</v>
       </c>
       <c r="G24" s="3">
         <v>1838.91</v>
       </c>
       <c r="H24" s="4">
         <v>72.1</v>
       </c>
       <c r="I24" s="4">
         <v>489.78</v>
       </c>
       <c r="J24" s="4">
         <v>0.78</v>
       </c>
       <c r="K24" s="4">
         <v>2401.57</v>
       </c>
       <c r="L24" s="4">
         <v>1836.04</v>
       </c>
       <c r="M24" s="4">
-        <v>73.3</v>
+        <v>73.32</v>
       </c>
       <c r="N24" s="4">
         <v>489.78</v>
       </c>
       <c r="O24" s="4">
         <v>0.78</v>
       </c>
       <c r="P24" s="4">
-        <v>2399.91</v>
+        <v>2399.93</v>
       </c>
       <c r="Q24" s="4">
         <v>38.08</v>
       </c>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="3">
         <v>413</v>
       </c>
       <c r="D25" s="3">
         <v>1740.76</v>
       </c>
       <c r="E25" s="3">
@@ -1997,63 +1997,63 @@
       <c r="D26" s="7">
         <v>52985.69</v>
       </c>
       <c r="E26" s="7">
         <v>4603.43</v>
       </c>
       <c r="F26" s="7">
         <v>57589.12</v>
       </c>
       <c r="G26" s="7">
         <v>17080.81</v>
       </c>
       <c r="H26" s="8">
         <v>1110.14</v>
       </c>
       <c r="I26" s="8">
         <v>3503.39</v>
       </c>
       <c r="J26" s="8">
         <v>118.64</v>
       </c>
       <c r="K26" s="8">
         <v>21812.97</v>
       </c>
       <c r="L26" s="8">
-        <v>16997.96</v>
+        <v>16998.48</v>
       </c>
       <c r="M26" s="8">
-        <v>1117.32</v>
+        <v>1118.08</v>
       </c>
       <c r="N26" s="8">
         <v>3503.39</v>
       </c>
       <c r="O26" s="8">
         <v>118.64</v>
       </c>
       <c r="P26" s="8">
-        <v>21737.31</v>
+        <v>21738.58</v>
       </c>
       <c r="Q26" s="8">
         <v>37.75</v>
       </c>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="L2:P2"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>