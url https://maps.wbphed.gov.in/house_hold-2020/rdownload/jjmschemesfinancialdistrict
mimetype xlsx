--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -551,51 +551,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
     </row>
     <row r="2" spans="1:23">
@@ -760,66 +760,66 @@
       <c r="D5" s="3">
         <v>2071.27</v>
       </c>
       <c r="E5" s="3">
         <v>311.55</v>
       </c>
       <c r="F5" s="3">
         <v>2382.82</v>
       </c>
       <c r="G5" s="3">
         <v>723.99</v>
       </c>
       <c r="H5" s="4">
         <v>82.83</v>
       </c>
       <c r="I5" s="4">
         <v>127.97</v>
       </c>
       <c r="J5" s="4">
         <v>0</v>
       </c>
       <c r="K5" s="4">
         <v>934.79</v>
       </c>
       <c r="L5" s="4">
-        <v>725.78</v>
+        <v>726.53</v>
       </c>
       <c r="M5" s="4">
-        <v>82.52</v>
+        <v>82.69</v>
       </c>
       <c r="N5" s="4">
         <v>127.97</v>
       </c>
       <c r="O5" s="4">
         <v>0</v>
       </c>
       <c r="P5" s="4">
-        <v>936.27</v>
+        <v>937.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>39.29</v>
+        <v>39.33</v>
       </c>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="3">
         <v>384</v>
       </c>
       <c r="D6" s="3">
         <v>2337.04</v>
       </c>
       <c r="E6" s="3">
         <v>207.29</v>
       </c>
       <c r="F6" s="3">
@@ -878,66 +878,66 @@
       <c r="D7" s="3">
         <v>1813.84</v>
       </c>
       <c r="E7" s="3">
         <v>122.65</v>
       </c>
       <c r="F7" s="3">
         <v>1936.49</v>
       </c>
       <c r="G7" s="3">
         <v>1051.07</v>
       </c>
       <c r="H7" s="4">
         <v>52.36</v>
       </c>
       <c r="I7" s="4">
         <v>76.25</v>
       </c>
       <c r="J7" s="4">
         <v>0.19</v>
       </c>
       <c r="K7" s="4">
         <v>1179.88</v>
       </c>
       <c r="L7" s="4">
-        <v>1045.12</v>
+        <v>1045.23</v>
       </c>
       <c r="M7" s="4">
         <v>54.13</v>
       </c>
       <c r="N7" s="4">
         <v>76.25</v>
       </c>
       <c r="O7" s="4">
         <v>0.19</v>
       </c>
       <c r="P7" s="4">
-        <v>1175.69</v>
+        <v>1175.8</v>
       </c>
       <c r="Q7" s="4">
-        <v>60.71</v>
+        <v>60.72</v>
       </c>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="3">
         <v>308</v>
       </c>
       <c r="D8" s="3">
         <v>768.17</v>
       </c>
       <c r="E8" s="3">
         <v>83.32</v>
       </c>
       <c r="F8" s="3">
@@ -996,63 +996,63 @@
       <c r="D9" s="3">
         <v>2477.48</v>
       </c>
       <c r="E9" s="3">
         <v>73.83</v>
       </c>
       <c r="F9" s="3">
         <v>2551.31</v>
       </c>
       <c r="G9" s="3">
         <v>1056.04</v>
       </c>
       <c r="H9" s="4">
         <v>22.03</v>
       </c>
       <c r="I9" s="4">
         <v>37.77</v>
       </c>
       <c r="J9" s="4">
         <v>0.92</v>
       </c>
       <c r="K9" s="4">
         <v>1116.76</v>
       </c>
       <c r="L9" s="4">
-        <v>1054.54</v>
+        <v>1054.56</v>
       </c>
       <c r="M9" s="4">
         <v>22.28</v>
       </c>
       <c r="N9" s="4">
         <v>37.77</v>
       </c>
       <c r="O9" s="4">
         <v>0.92</v>
       </c>
       <c r="P9" s="4">
-        <v>1115.51</v>
+        <v>1115.53</v>
       </c>
       <c r="Q9" s="4">
         <v>43.72</v>
       </c>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="3">
         <v>498</v>
       </c>
       <c r="D10" s="3">
         <v>2222.7</v>
       </c>
       <c r="E10" s="3">
@@ -1173,63 +1173,63 @@
       <c r="D12" s="3">
         <v>1082.39</v>
       </c>
       <c r="E12" s="3">
         <v>132.2</v>
       </c>
       <c r="F12" s="3">
         <v>1214.59</v>
       </c>
       <c r="G12" s="3">
         <v>453.36</v>
       </c>
       <c r="H12" s="4">
         <v>58.07</v>
       </c>
       <c r="I12" s="4">
         <v>64.23</v>
       </c>
       <c r="J12" s="4">
         <v>1.26</v>
       </c>
       <c r="K12" s="4">
         <v>576.92</v>
       </c>
       <c r="L12" s="4">
-        <v>439.02</v>
+        <v>439.09</v>
       </c>
       <c r="M12" s="4">
         <v>58.77</v>
       </c>
       <c r="N12" s="4">
         <v>64.23</v>
       </c>
       <c r="O12" s="4">
         <v>1.26</v>
       </c>
       <c r="P12" s="4">
-        <v>563.28</v>
+        <v>563.34</v>
       </c>
       <c r="Q12" s="4">
         <v>46.38</v>
       </c>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="3">
         <v>205</v>
       </c>
       <c r="D13" s="3">
         <v>878.09</v>
       </c>
       <c r="E13" s="3">
@@ -1704,63 +1704,63 @@
       <c r="D21" s="3">
         <v>2966.9</v>
       </c>
       <c r="E21" s="3">
         <v>265.65</v>
       </c>
       <c r="F21" s="3">
         <v>3232.55</v>
       </c>
       <c r="G21" s="3">
         <v>1136.37</v>
       </c>
       <c r="H21" s="4">
         <v>77.72</v>
       </c>
       <c r="I21" s="4">
         <v>117.3</v>
       </c>
       <c r="J21" s="4">
         <v>1.47</v>
       </c>
       <c r="K21" s="4">
         <v>1332.86</v>
       </c>
       <c r="L21" s="4">
-        <v>1135.46</v>
+        <v>1135.68</v>
       </c>
       <c r="M21" s="4">
         <v>78.76</v>
       </c>
       <c r="N21" s="4">
         <v>117.3</v>
       </c>
       <c r="O21" s="4">
         <v>1.47</v>
       </c>
       <c r="P21" s="4">
-        <v>1332.99</v>
+        <v>1333.21</v>
       </c>
       <c r="Q21" s="4">
         <v>41.24</v>
       </c>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="3">
         <v>556</v>
       </c>
       <c r="D22" s="3">
         <v>3688.26</v>
       </c>
       <c r="E22" s="3">
@@ -1997,63 +1997,63 @@
       <c r="D26" s="7">
         <v>52985.69</v>
       </c>
       <c r="E26" s="7">
         <v>4603.43</v>
       </c>
       <c r="F26" s="7">
         <v>57589.12</v>
       </c>
       <c r="G26" s="7">
         <v>17080.81</v>
       </c>
       <c r="H26" s="8">
         <v>1110.14</v>
       </c>
       <c r="I26" s="8">
         <v>3503.39</v>
       </c>
       <c r="J26" s="8">
         <v>118.64</v>
       </c>
       <c r="K26" s="8">
         <v>21812.97</v>
       </c>
       <c r="L26" s="8">
-        <v>16998.48</v>
+        <v>16999.64</v>
       </c>
       <c r="M26" s="8">
-        <v>1118.08</v>
+        <v>1118.24</v>
       </c>
       <c r="N26" s="8">
         <v>3503.39</v>
       </c>
       <c r="O26" s="8">
         <v>118.64</v>
       </c>
       <c r="P26" s="8">
-        <v>21738.58</v>
+        <v>21739.9</v>
       </c>
       <c r="Q26" s="8">
         <v>37.75</v>
       </c>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="L2:P2"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>