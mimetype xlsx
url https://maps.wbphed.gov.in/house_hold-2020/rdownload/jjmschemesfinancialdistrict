--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -551,51 +551,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
     </row>
     <row r="2" spans="1:23">
@@ -701,63 +701,63 @@
       <c r="D4" s="3">
         <v>819.57</v>
       </c>
       <c r="E4" s="3">
         <v>77.1</v>
       </c>
       <c r="F4" s="3">
         <v>896.67</v>
       </c>
       <c r="G4" s="3">
         <v>421.16</v>
       </c>
       <c r="H4" s="4">
         <v>34.16</v>
       </c>
       <c r="I4" s="4">
         <v>39.94</v>
       </c>
       <c r="J4" s="4">
         <v>0</v>
       </c>
       <c r="K4" s="4">
         <v>495.26</v>
       </c>
       <c r="L4" s="4">
-        <v>419.25</v>
+        <v>419.26</v>
       </c>
       <c r="M4" s="4">
         <v>34.93</v>
       </c>
       <c r="N4" s="4">
         <v>39.94</v>
       </c>
       <c r="O4" s="4">
         <v>0</v>
       </c>
       <c r="P4" s="4">
-        <v>494.11</v>
+        <v>494.12</v>
       </c>
       <c r="Q4" s="4">
         <v>55.11</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3">
         <v>966</v>
       </c>
       <c r="D5" s="3">
         <v>2071.27</v>
       </c>
       <c r="E5" s="3">
@@ -822,63 +822,63 @@
       <c r="E6" s="3">
         <v>207.29</v>
       </c>
       <c r="F6" s="3">
         <v>2544.33</v>
       </c>
       <c r="G6" s="3">
         <v>580.97</v>
       </c>
       <c r="H6" s="4">
         <v>71.63</v>
       </c>
       <c r="I6" s="4">
         <v>186.53</v>
       </c>
       <c r="J6" s="4">
         <v>11.94</v>
       </c>
       <c r="K6" s="4">
         <v>851.06</v>
       </c>
       <c r="L6" s="4">
         <v>580.58</v>
       </c>
       <c r="M6" s="4">
-        <v>71.37</v>
+        <v>71.87</v>
       </c>
       <c r="N6" s="4">
         <v>186.53</v>
       </c>
       <c r="O6" s="4">
         <v>11.94</v>
       </c>
       <c r="P6" s="4">
-        <v>850.41</v>
+        <v>850.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>33.42</v>
+        <v>33.44</v>
       </c>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>319</v>
       </c>
       <c r="D7" s="3">
         <v>1813.84</v>
       </c>
       <c r="E7" s="3">
         <v>122.65</v>
       </c>
       <c r="F7" s="3">
@@ -940,63 +940,63 @@
       <c r="E8" s="3">
         <v>83.32</v>
       </c>
       <c r="F8" s="3">
         <v>851.49</v>
       </c>
       <c r="G8" s="3">
         <v>235.55</v>
       </c>
       <c r="H8" s="4">
         <v>18.81</v>
       </c>
       <c r="I8" s="4">
         <v>50.57</v>
       </c>
       <c r="J8" s="4">
         <v>3.27</v>
       </c>
       <c r="K8" s="4">
         <v>308.2</v>
       </c>
       <c r="L8" s="4">
         <v>234.86</v>
       </c>
       <c r="M8" s="4">
-        <v>18.82</v>
+        <v>19.05</v>
       </c>
       <c r="N8" s="4">
         <v>50.57</v>
       </c>
       <c r="O8" s="4">
         <v>3.27</v>
       </c>
       <c r="P8" s="4">
-        <v>307.52</v>
+        <v>307.75</v>
       </c>
       <c r="Q8" s="4">
-        <v>36.12</v>
+        <v>36.14</v>
       </c>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="3">
         <v>403</v>
       </c>
       <c r="D9" s="3">
         <v>2477.48</v>
       </c>
       <c r="E9" s="3">
         <v>73.83</v>
       </c>
       <c r="F9" s="3">
@@ -1055,240 +1055,240 @@
       <c r="D10" s="3">
         <v>2222.7</v>
       </c>
       <c r="E10" s="3">
         <v>197.67</v>
       </c>
       <c r="F10" s="3">
         <v>2420.37</v>
       </c>
       <c r="G10" s="3">
         <v>844.03</v>
       </c>
       <c r="H10" s="4">
         <v>78.87</v>
       </c>
       <c r="I10" s="4">
         <v>105.75</v>
       </c>
       <c r="J10" s="4">
         <v>6.88</v>
       </c>
       <c r="K10" s="4">
         <v>1035.54</v>
       </c>
       <c r="L10" s="4">
-        <v>837.08</v>
+        <v>837.4</v>
       </c>
       <c r="M10" s="4">
         <v>80.1</v>
       </c>
       <c r="N10" s="4">
         <v>105.75</v>
       </c>
       <c r="O10" s="4">
         <v>6.88</v>
       </c>
       <c r="P10" s="4">
-        <v>1029.82</v>
+        <v>1030.15</v>
       </c>
       <c r="Q10" s="4">
-        <v>42.55</v>
+        <v>42.56</v>
       </c>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3">
         <v>163</v>
       </c>
       <c r="D11" s="3">
         <v>1751.27</v>
       </c>
       <c r="E11" s="3">
         <v>174.07</v>
       </c>
       <c r="F11" s="3">
         <v>1925.34</v>
       </c>
       <c r="G11" s="3">
         <v>417.26</v>
       </c>
       <c r="H11" s="4">
         <v>30.41</v>
       </c>
       <c r="I11" s="4">
         <v>105.51</v>
       </c>
       <c r="J11" s="4">
         <v>1.4</v>
       </c>
       <c r="K11" s="4">
         <v>554.57</v>
       </c>
       <c r="L11" s="4">
-        <v>416.48</v>
+        <v>417.52</v>
       </c>
       <c r="M11" s="4">
         <v>30.96</v>
       </c>
       <c r="N11" s="4">
         <v>105.51</v>
       </c>
       <c r="O11" s="4">
         <v>1.4</v>
       </c>
       <c r="P11" s="4">
-        <v>554.35</v>
+        <v>555.39</v>
       </c>
       <c r="Q11" s="4">
-        <v>28.79</v>
+        <v>28.85</v>
       </c>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="3">
         <v>250</v>
       </c>
       <c r="D12" s="3">
         <v>1082.39</v>
       </c>
       <c r="E12" s="3">
         <v>132.2</v>
       </c>
       <c r="F12" s="3">
         <v>1214.59</v>
       </c>
       <c r="G12" s="3">
         <v>453.36</v>
       </c>
       <c r="H12" s="4">
         <v>58.07</v>
       </c>
       <c r="I12" s="4">
         <v>64.23</v>
       </c>
       <c r="J12" s="4">
         <v>1.26</v>
       </c>
       <c r="K12" s="4">
         <v>576.92</v>
       </c>
       <c r="L12" s="4">
-        <v>439.09</v>
+        <v>439.21</v>
       </c>
       <c r="M12" s="4">
         <v>58.77</v>
       </c>
       <c r="N12" s="4">
         <v>64.23</v>
       </c>
       <c r="O12" s="4">
         <v>1.26</v>
       </c>
       <c r="P12" s="4">
-        <v>563.34</v>
+        <v>563.47</v>
       </c>
       <c r="Q12" s="4">
-        <v>46.38</v>
+        <v>46.39</v>
       </c>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="3">
         <v>205</v>
       </c>
       <c r="D13" s="3">
         <v>878.09</v>
       </c>
       <c r="E13" s="3">
         <v>145.52</v>
       </c>
       <c r="F13" s="3">
         <v>1023.61</v>
       </c>
       <c r="G13" s="3">
         <v>299.18</v>
       </c>
       <c r="H13" s="4">
         <v>39.08</v>
       </c>
       <c r="I13" s="4">
         <v>26.69</v>
       </c>
       <c r="J13" s="4">
         <v>16.06</v>
       </c>
       <c r="K13" s="4">
         <v>381.01</v>
       </c>
       <c r="L13" s="4">
-        <v>296.76</v>
+        <v>296.78</v>
       </c>
       <c r="M13" s="4">
         <v>39.51</v>
       </c>
       <c r="N13" s="4">
         <v>26.69</v>
       </c>
       <c r="O13" s="4">
         <v>16.06</v>
       </c>
       <c r="P13" s="4">
-        <v>379.02</v>
+        <v>379.03</v>
       </c>
       <c r="Q13" s="4">
         <v>37.03</v>
       </c>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="3">
         <v>173</v>
       </c>
       <c r="D14" s="3">
         <v>726.24</v>
       </c>
       <c r="E14" s="3">
@@ -1350,66 +1350,66 @@
       <c r="D15" s="3">
         <v>2856.27</v>
       </c>
       <c r="E15" s="3">
         <v>232.87</v>
       </c>
       <c r="F15" s="3">
         <v>3089.14</v>
       </c>
       <c r="G15" s="3">
         <v>604.28</v>
       </c>
       <c r="H15" s="4">
         <v>46.28</v>
       </c>
       <c r="I15" s="4">
         <v>357.26</v>
       </c>
       <c r="J15" s="4">
         <v>0.2</v>
       </c>
       <c r="K15" s="4">
         <v>1008.01</v>
       </c>
       <c r="L15" s="4">
-        <v>603.19</v>
+        <v>603.25</v>
       </c>
       <c r="M15" s="4">
-        <v>46.42</v>
+        <v>46.63</v>
       </c>
       <c r="N15" s="4">
         <v>357.26</v>
       </c>
       <c r="O15" s="4">
         <v>0.2</v>
       </c>
       <c r="P15" s="4">
-        <v>1007.06</v>
+        <v>1007.33</v>
       </c>
       <c r="Q15" s="4">
-        <v>32.6</v>
+        <v>32.61</v>
       </c>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="3">
         <v>831</v>
       </c>
       <c r="D16" s="3">
         <v>4957.62</v>
       </c>
       <c r="E16" s="3">
         <v>535.34</v>
       </c>
       <c r="F16" s="3">
@@ -1468,122 +1468,122 @@
       <c r="D17" s="3">
         <v>3021.14</v>
       </c>
       <c r="E17" s="3">
         <v>229.44</v>
       </c>
       <c r="F17" s="3">
         <v>3250.58</v>
       </c>
       <c r="G17" s="3">
         <v>1256.84</v>
       </c>
       <c r="H17" s="4">
         <v>32.41</v>
       </c>
       <c r="I17" s="4">
         <v>270.38</v>
       </c>
       <c r="J17" s="4">
         <v>4.64</v>
       </c>
       <c r="K17" s="4">
         <v>1564.27</v>
       </c>
       <c r="L17" s="4">
-        <v>1256.36</v>
+        <v>1256.5</v>
       </c>
       <c r="M17" s="4">
-        <v>32.52</v>
+        <v>32.75</v>
       </c>
       <c r="N17" s="4">
         <v>270.38</v>
       </c>
       <c r="O17" s="4">
         <v>4.64</v>
       </c>
       <c r="P17" s="4">
-        <v>1563.9</v>
+        <v>1564.27</v>
       </c>
       <c r="Q17" s="4">
-        <v>48.11</v>
+        <v>48.12</v>
       </c>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="3">
         <v>536</v>
       </c>
       <c r="D18" s="3">
         <v>3347.07</v>
       </c>
       <c r="E18" s="3">
         <v>181.59</v>
       </c>
       <c r="F18" s="3">
         <v>3528.65</v>
       </c>
       <c r="G18" s="3">
         <v>1252.87</v>
       </c>
       <c r="H18" s="4">
         <v>38.1</v>
       </c>
       <c r="I18" s="4">
         <v>260.16</v>
       </c>
       <c r="J18" s="4">
         <v>14.92</v>
       </c>
       <c r="K18" s="4">
         <v>1566.05</v>
       </c>
       <c r="L18" s="4">
-        <v>1252.5</v>
+        <v>1252.51</v>
       </c>
       <c r="M18" s="4">
-        <v>38.18</v>
+        <v>38.2</v>
       </c>
       <c r="N18" s="4">
         <v>260.16</v>
       </c>
       <c r="O18" s="4">
         <v>14.92</v>
       </c>
       <c r="P18" s="4">
-        <v>1565.76</v>
+        <v>1565.79</v>
       </c>
       <c r="Q18" s="4">
         <v>44.37</v>
       </c>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="3">
         <v>124</v>
       </c>
       <c r="D19" s="3">
         <v>1217.6</v>
       </c>
       <c r="E19" s="3">
@@ -1704,359 +1704,359 @@
       <c r="D21" s="3">
         <v>2966.9</v>
       </c>
       <c r="E21" s="3">
         <v>265.65</v>
       </c>
       <c r="F21" s="3">
         <v>3232.55</v>
       </c>
       <c r="G21" s="3">
         <v>1136.37</v>
       </c>
       <c r="H21" s="4">
         <v>77.72</v>
       </c>
       <c r="I21" s="4">
         <v>117.3</v>
       </c>
       <c r="J21" s="4">
         <v>1.47</v>
       </c>
       <c r="K21" s="4">
         <v>1332.86</v>
       </c>
       <c r="L21" s="4">
-        <v>1135.68</v>
+        <v>1135.76</v>
       </c>
       <c r="M21" s="4">
-        <v>78.76</v>
+        <v>80.07</v>
       </c>
       <c r="N21" s="4">
         <v>117.3</v>
       </c>
       <c r="O21" s="4">
         <v>1.47</v>
       </c>
       <c r="P21" s="4">
-        <v>1333.21</v>
+        <v>1334.6</v>
       </c>
       <c r="Q21" s="4">
-        <v>41.24</v>
+        <v>41.29</v>
       </c>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="3">
         <v>556</v>
       </c>
       <c r="D22" s="3">
         <v>3688.26</v>
       </c>
       <c r="E22" s="3">
         <v>297.39</v>
       </c>
       <c r="F22" s="3">
         <v>3985.66</v>
       </c>
       <c r="G22" s="3">
         <v>1142.37</v>
       </c>
       <c r="H22" s="4">
         <v>67.17</v>
       </c>
       <c r="I22" s="4">
         <v>141.26</v>
       </c>
       <c r="J22" s="4">
         <v>24.76</v>
       </c>
       <c r="K22" s="4">
         <v>1375.55</v>
       </c>
       <c r="L22" s="4">
-        <v>1141.25</v>
+        <v>1141.41</v>
       </c>
       <c r="M22" s="4">
         <v>67.1</v>
       </c>
       <c r="N22" s="4">
         <v>141.26</v>
       </c>
       <c r="O22" s="4">
         <v>24.76</v>
       </c>
       <c r="P22" s="4">
-        <v>1374.36</v>
+        <v>1374.53</v>
       </c>
       <c r="Q22" s="4">
-        <v>34.48</v>
+        <v>34.49</v>
       </c>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="3">
         <v>84</v>
       </c>
       <c r="D23" s="3">
         <v>3499.75</v>
       </c>
       <c r="E23" s="3">
         <v>520.8</v>
       </c>
       <c r="F23" s="3">
         <v>4020.55</v>
       </c>
       <c r="G23" s="3">
         <v>526.39</v>
       </c>
       <c r="H23" s="4">
         <v>51.33</v>
       </c>
       <c r="I23" s="4">
         <v>448.11</v>
       </c>
       <c r="J23" s="4">
         <v>0</v>
       </c>
       <c r="K23" s="4">
         <v>1025.84</v>
       </c>
       <c r="L23" s="4">
         <v>508.25</v>
       </c>
       <c r="M23" s="4">
-        <v>51.21</v>
+        <v>51.23</v>
       </c>
       <c r="N23" s="4">
         <v>448.11</v>
       </c>
       <c r="O23" s="4">
         <v>0</v>
       </c>
       <c r="P23" s="4">
-        <v>1007.57</v>
+        <v>1007.59</v>
       </c>
       <c r="Q23" s="4">
         <v>25.06</v>
       </c>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="3">
         <v>893</v>
       </c>
       <c r="D24" s="3">
         <v>5939.75</v>
       </c>
       <c r="E24" s="3">
         <v>362.41</v>
       </c>
       <c r="F24" s="3">
         <v>6302.16</v>
       </c>
       <c r="G24" s="3">
         <v>1838.91</v>
       </c>
       <c r="H24" s="4">
         <v>72.1</v>
       </c>
       <c r="I24" s="4">
         <v>489.78</v>
       </c>
       <c r="J24" s="4">
         <v>0.78</v>
       </c>
       <c r="K24" s="4">
         <v>2401.57</v>
       </c>
       <c r="L24" s="4">
         <v>1836.04</v>
       </c>
       <c r="M24" s="4">
-        <v>73.32</v>
+        <v>74.02</v>
       </c>
       <c r="N24" s="4">
         <v>489.78</v>
       </c>
       <c r="O24" s="4">
         <v>0.78</v>
       </c>
       <c r="P24" s="4">
-        <v>2399.93</v>
+        <v>2400.63</v>
       </c>
       <c r="Q24" s="4">
-        <v>38.08</v>
+        <v>38.09</v>
       </c>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="3">
         <v>413</v>
       </c>
       <c r="D25" s="3">
         <v>1740.76</v>
       </c>
       <c r="E25" s="3">
         <v>109.17</v>
       </c>
       <c r="F25" s="3">
         <v>1849.93</v>
       </c>
       <c r="G25" s="3">
         <v>463.43</v>
       </c>
       <c r="H25" s="4">
         <v>62.3</v>
       </c>
       <c r="I25" s="4">
         <v>81.69</v>
       </c>
       <c r="J25" s="4">
         <v>0</v>
       </c>
       <c r="K25" s="4">
         <v>607.42</v>
       </c>
       <c r="L25" s="4">
-        <v>460.35</v>
+        <v>460.39</v>
       </c>
       <c r="M25" s="4">
-        <v>62.3</v>
+        <v>62.61</v>
       </c>
       <c r="N25" s="4">
         <v>81.69</v>
       </c>
       <c r="O25" s="4">
         <v>0</v>
       </c>
       <c r="P25" s="4">
-        <v>604.34</v>
+        <v>604.69</v>
       </c>
       <c r="Q25" s="4">
-        <v>32.67</v>
+        <v>32.69</v>
       </c>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7">
         <v>9337</v>
       </c>
       <c r="D26" s="7">
         <v>52985.69</v>
       </c>
       <c r="E26" s="7">
         <v>4603.43</v>
       </c>
       <c r="F26" s="7">
         <v>57589.12</v>
       </c>
       <c r="G26" s="7">
         <v>17080.81</v>
       </c>
       <c r="H26" s="8">
         <v>1110.14</v>
       </c>
       <c r="I26" s="8">
         <v>3503.39</v>
       </c>
       <c r="J26" s="8">
         <v>118.64</v>
       </c>
       <c r="K26" s="8">
         <v>21812.97</v>
       </c>
       <c r="L26" s="8">
-        <v>16999.64</v>
+        <v>17001.65</v>
       </c>
       <c r="M26" s="8">
-        <v>1118.24</v>
+        <v>1121.76</v>
       </c>
       <c r="N26" s="8">
         <v>3503.39</v>
       </c>
       <c r="O26" s="8">
         <v>118.64</v>
       </c>
       <c r="P26" s="8">
-        <v>21739.9</v>
+        <v>21745.43</v>
       </c>
       <c r="Q26" s="8">
-        <v>37.75</v>
+        <v>37.76</v>
       </c>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="L2:P2"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="A26:B26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">