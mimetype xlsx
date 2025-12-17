--- v0 (2025-12-14)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="D4- Work Order Tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>D4- Work Order Tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>TSM Code</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Scheme Type</t>
   </si>
   <si>
@@ -188,78 +188,78 @@
   <si>
     <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 21 (twenty one) nos. habitation of all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Dakshin Rendokhali</t>
   </si>
   <si>
     <t>TSM/006869</t>
   </si>
   <si>
     <t>SM/07629</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>12/05/2022</t>
   </si>
   <si>
     <t>Retrofitting of Distribution System for Providing Functional Household Tap Connection (FHTC) to the households for 6 (six) nos. habitation of all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Srinagar W/S Scheme including o</t>
   </si>
   <si>
     <t>TSM/006863</t>
   </si>
   <si>
     <t>SM/07591</t>
   </si>
   <si>
-    <t>30/01/2024</t>
+    <t>17/03/2022</t>
   </si>
   <si>
     <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households for 06 (six) nos. habitation of all the households in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Srinagar Water Supply Sche</t>
   </si>
   <si>
     <t>TSM/006875</t>
   </si>
   <si>
     <t>SM/07592</t>
   </si>
   <si>
     <t>18/02/2021</t>
   </si>
   <si>
     <t>Retrofitting of Distribution System of Zone-VIII, Falta Block for Providing Functional Household Tap Connection (FHTC) to all the households in connection with Jal Jeevan Mission (JJM) &amp; Jal Jeevan under Mega Surface Water Based Water Supply Scheme for Fa</t>
   </si>
   <si>
     <t>TSM/008679</t>
   </si>
   <si>
     <t>SM/09425</t>
   </si>
   <si>
     <t>29/09/2021</t>
   </si>
   <si>
-    <t>18/10/2022</t>
+    <t>07/04/2022</t>
   </si>
   <si>
     <t>Retrofitting for Providing FHTC at Ground Water Based Haradhanpur Water Supply Scheme, Block : Sagar, District- South 24 Pgs. (Phase-A)</t>
   </si>
   <si>
     <t>TSM/007690</t>
   </si>
   <si>
     <t>SM/08793</t>
   </si>
   <si>
     <t>19/02/2021</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>Retrofitting for Providing FHTC at Ground Water Based Kakdwip Akshaynagar Water Supply Scheme, Block : Kakdwip, District- South 24 Pgs. (Phase-A)</t>
   </si>
   <si>
     <t>TSM/007688</t>
   </si>
   <si>
     <t>SM/08794</t>
   </si>
@@ -471,9908 +471,50 @@
     <t>SM/11503</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>30/03/2022</t>
   </si>
   <si>
     <t>23/02/2024</t>
   </si>
   <si>
     <t>18/09/2023</t>
   </si>
   <si>
     <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households in Dakshin Ramkrishnapur, Zone-II including Operation &amp; Maintenance of scheme for 1 (one) year, Block - Kulpi under Diamond Harbour Sub-Divi</t>
   </si>
   <si>
     <t>TSM/009222</t>
   </si>
   <si>
     <t>SM/09974</t>
   </si>
   <si>
     <t>31/10/2023</t>
-  </si>
-[...9856 lines deleted...]
-    <t>SM/19340</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -10743,61 +885,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W961"/>
+  <dimension ref="A1:W30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A961" sqref="A961"/>
+      <selection activeCell="A30" sqref="A30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="38.847656" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
@@ -11293,54 +1435,54 @@
         <v>57</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="4">
         <v>1075</v>
       </c>
       <c r="J10" s="4">
         <v>66.06</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="4">
         <v>66.06</v>
       </c>
       <c r="M10" s="4"/>
       <c r="N10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P10" s="4">
-        <v>6.62</v>
+        <v>17.97</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E11" s="3" t="s">
@@ -11407,54 +1549,54 @@
         <v>65</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="I12" s="4">
         <v>5866</v>
       </c>
       <c r="J12" s="4">
         <v>286.94</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="4">
         <v>286.94</v>
       </c>
       <c r="M12" s="4"/>
       <c r="N12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O12" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P12" s="4">
-        <v>171.35</v>
+        <v>448.62</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E13" s="3" t="s">
@@ -12337,54 +2479,54 @@
       <c r="G28" s="3" t="s">
         <v>145</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>146</v>
       </c>
       <c r="I28" s="4">
         <v>924</v>
       </c>
       <c r="J28" s="4">
         <v>467.26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="4">
         <v>467.26</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O28" s="4">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P28" s="4">
-        <v>257.8</v>
+        <v>364.59</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>149</v>
       </c>
       <c r="E29" s="3" t="s">
@@ -12410,54695 +2552,92 @@
       </c>
       <c r="L29" s="4">
         <v>164.33</v>
       </c>
       <c r="M29" s="4"/>
       <c r="N29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O29" s="4">
         <v>5</v>
       </c>
       <c r="P29" s="4">
         <v>26.75</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>27</v>
       </c>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
-      <c r="A30" s="3">
-[...8 lines deleted...]
-      <c r="D30" s="3" t="s">
+      <c r="A30" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="E30" s="3" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="8"/>
+      <c r="I30" s="8">
+        <v>54376</v>
+      </c>
+      <c r="J30" s="8">
+        <v>6603.23</v>
+      </c>
+      <c r="K30" s="8"/>
+      <c r="L30" s="8">
+        <v>6603.23</v>
+      </c>
+      <c r="M30" s="8"/>
+      <c r="N30" s="8"/>
+      <c r="O30" s="8">
+        <v>250</v>
+      </c>
+      <c r="P30" s="8">
+        <v>6471.03</v>
+      </c>
+      <c r="Q30" s="8"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
-    <row r="31" spans="1:23">
-[...54579 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
-    <mergeCell ref="A961:H961"/>
-    <mergeCell ref="M961:N961"/>
+    <mergeCell ref="A30:H30"/>
+    <mergeCell ref="M30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>