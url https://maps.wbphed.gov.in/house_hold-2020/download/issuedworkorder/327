--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -221,104 +221,104 @@
   <si>
     <t>1276/SWSD</t>
   </si>
   <si>
     <t>SUBIR CH. CHOWDHURY</t>
   </si>
   <si>
     <t>1275/SWSD</t>
   </si>
   <si>
     <t>THE HINDUSTHAN CO-OPERTIVE LABO. CONT. &amp; CONSTRACTION SOCIETY LTD.</t>
   </si>
   <si>
     <t>19-08-2020</t>
   </si>
   <si>
     <t>BAIRATISAL WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00131</t>
   </si>
   <si>
     <t>SM/10097</t>
   </si>
   <si>
+    <t>970/SWSD</t>
+  </si>
+  <si>
+    <t>M/S KAMAK ENGINEERS &amp; CO</t>
+  </si>
+  <si>
+    <t>01-08-2022</t>
+  </si>
+  <si>
+    <t>29-03-2023</t>
+  </si>
+  <si>
+    <t>SM/10469</t>
+  </si>
+  <si>
+    <t>652/SWSD</t>
+  </si>
+  <si>
+    <t>FAIRDEAL ASSOCIATES</t>
+  </si>
+  <si>
+    <t>15-06-2023</t>
+  </si>
+  <si>
+    <t>10-02-2024</t>
+  </si>
+  <si>
+    <t>SM/10108</t>
+  </si>
+  <si>
+    <t>1204/SWSD</t>
+  </si>
+  <si>
+    <t>BRM DEVELOPERS</t>
+  </si>
+  <si>
+    <t>11-08-2023</t>
+  </si>
+  <si>
+    <t>07-04-2024</t>
+  </si>
+  <si>
     <t>870/SWSD</t>
   </si>
   <si>
     <t>M/S G.C. CONSTRUCTION &amp; CO.</t>
   </si>
   <si>
     <t>21-07-2022</t>
   </si>
   <si>
     <t>14-10-2022</t>
   </si>
   <si>
-    <t>970/SWSD</t>
-[...40 lines deleted...]
-  <si>
     <t>BANDARGACHA WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00006</t>
   </si>
   <si>
     <t>SM/07042</t>
   </si>
   <si>
     <t>1269/SWSD</t>
   </si>
   <si>
     <t>M/S MATRI CONSTRUCTION</t>
   </si>
   <si>
     <t>SM/07220</t>
   </si>
   <si>
     <t>1271/SWSD</t>
   </si>
   <si>
     <t>SWAPAN CHANDRA DAS</t>
   </si>
   <si>
     <t>1273/SWSD</t>
@@ -608,65 +608,65 @@
   <si>
     <t>CHAINPURAY PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15881</t>
   </si>
   <si>
     <t>680/NKWSMD</t>
   </si>
   <si>
     <t>12-07-2023</t>
   </si>
   <si>
     <t>10-10-2023</t>
   </si>
   <si>
     <t>CHAMTA WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00135</t>
   </si>
   <si>
     <t>SM/10107</t>
   </si>
   <si>
+    <t>875/SWSD</t>
+  </si>
+  <si>
+    <t>04-10-2022</t>
+  </si>
+  <si>
+    <t>860/SWSD</t>
+  </si>
+  <si>
+    <t>BISWADEEP CONSTRUCTION</t>
+  </si>
+  <si>
     <t>876/SWSD</t>
   </si>
   <si>
-    <t>860/SWSD</t>
-[...10 lines deleted...]
-  <si>
     <t>871/SWSD</t>
   </si>
   <si>
     <t>NARENDRA KUMAR</t>
   </si>
   <si>
     <t>09-10-2022</t>
   </si>
   <si>
     <t>CHEGRA KHASMAHAL Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/16141</t>
   </si>
   <si>
     <t>184/NKWSMD</t>
   </si>
   <si>
     <t>GREEN VALLEY CONSTRUCTION</t>
   </si>
   <si>
     <t>CHEWARI BOTAY PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15877</t>
@@ -707,86 +707,86 @@
   <si>
     <t>27-07-2023</t>
   </si>
   <si>
     <t>25-09-2023</t>
   </si>
   <si>
     <t>Damdama Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05955</t>
   </si>
   <si>
     <t>SM/07425</t>
   </si>
   <si>
     <t>1086/SWSD</t>
   </si>
   <si>
     <t>DEBOL,S ENTERPRISE</t>
   </si>
   <si>
     <t>07-01-2021</t>
   </si>
   <si>
+    <t>SM/14835</t>
+  </si>
+  <si>
+    <t>364/SSD</t>
+  </si>
+  <si>
+    <t>SEBU CHAKRABORTY</t>
+  </si>
+  <si>
+    <t>24-09-2023</t>
+  </si>
+  <si>
     <t>1525/SWSD</t>
   </si>
   <si>
     <t>ARUN KUMAR SHRIVASTAVA</t>
   </si>
   <si>
-    <t>SM/14835</t>
-[...10 lines deleted...]
-  <si>
     <t>Dangarvita Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/06058</t>
   </si>
   <si>
     <t>SM/07424</t>
   </si>
   <si>
+    <t>1089/ SWSD</t>
+  </si>
+  <si>
+    <t>BHOLA GHOSH</t>
+  </si>
+  <si>
     <t>1088/ SWSD</t>
   </si>
   <si>
-    <t>BHOLA GHOSH</t>
-[...4 lines deleted...]
-  <si>
     <t>DANGIA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15896</t>
   </si>
   <si>
     <t>183/NKWSMD</t>
   </si>
   <si>
     <t>30-12-2023</t>
   </si>
   <si>
     <t>Deburam Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05943</t>
   </si>
   <si>
     <t>1087/SWSD</t>
   </si>
   <si>
     <t>RAJEEV RANJAN OJHA</t>
   </si>
   <si>
     <t>27-01-2021</t>
@@ -854,83 +854,83 @@
   <si>
     <t>09-07-2023</t>
   </si>
   <si>
     <t>DETAILED PROJECT REPORT FOR WATER SUPPLY SCHEME FOR MOONDA KOTEE TEA GARDEN PWSS, BLOCK: JORE BUNGALOW-SUKHIAPOKHRI, DISTRICT: DARJEELING.</t>
   </si>
   <si>
     <t>SM/13571</t>
   </si>
   <si>
     <t>2734/NKWSMD</t>
   </si>
   <si>
     <t>03-03-2023</t>
   </si>
   <si>
     <t>02-03-2024</t>
   </si>
   <si>
     <t>Dhulia Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05401</t>
   </si>
   <si>
+    <t>1083/SWSD</t>
+  </si>
+  <si>
+    <t>KAMAL GHOSH</t>
+  </si>
+  <si>
+    <t>SM/09078</t>
+  </si>
+  <si>
+    <t>960/SWSD</t>
+  </si>
+  <si>
+    <t>02-09-2021</t>
+  </si>
+  <si>
+    <t>17-09-2021</t>
+  </si>
+  <si>
+    <t>961/SWSD</t>
+  </si>
+  <si>
     <t>SM/12038</t>
   </si>
   <si>
     <t>2095/SWSD</t>
   </si>
   <si>
-    <t>KAMAL GHOSH</t>
-[...1 lines deleted...]
-  <si>
     <t>22-12-2022</t>
   </si>
   <si>
     <t>07-03-2023</t>
   </si>
   <si>
-    <t>SM/09078</t>
-[...16 lines deleted...]
-  <si>
     <t>Dumriguri Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/01664</t>
   </si>
   <si>
     <t>SM/07427</t>
   </si>
   <si>
     <t>1278/SWSD</t>
   </si>
   <si>
     <t>M/S ASHIRBAD ENTERPRISE</t>
   </si>
   <si>
     <t>SM/10476</t>
   </si>
   <si>
     <t>1978/SWSD</t>
   </si>
   <si>
     <t>DRISHTI CONSTRUCTION</t>
   </si>
   <si>
     <t>26-10-2023</t>
@@ -986,62 +986,62 @@
   <si>
     <t>07-06-2025</t>
   </si>
   <si>
     <t>Ghusuru Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05951</t>
   </si>
   <si>
     <t>SM/12036</t>
   </si>
   <si>
     <t>2365/SWSD</t>
   </si>
   <si>
     <t>24-01-2023</t>
   </si>
   <si>
     <t>24-04-2023</t>
   </si>
   <si>
     <t>SM/07423</t>
   </si>
   <si>
+    <t>1084/ SWSD</t>
+  </si>
+  <si>
+    <t>BUDDHADEV NAG</t>
+  </si>
+  <si>
     <t>1215/SWSD</t>
   </si>
   <si>
     <t>16-12-2021</t>
   </si>
   <si>
-    <t>1084/ SWSD</t>
-[...4 lines deleted...]
-  <si>
     <t>GOKE PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15873</t>
   </si>
   <si>
     <t>1293/NKWSMD</t>
   </si>
   <si>
     <t>GRAVITY BASED WATER SUPPLY FOR PULUNGDONG KHASMAHAL PWSS</t>
   </si>
   <si>
     <t>SM/14418</t>
   </si>
   <si>
     <t>2521/NKWSMD</t>
   </si>
   <si>
     <t>GARGO TRADERS</t>
   </si>
   <si>
     <t>15-02-2023</t>
   </si>
   <si>
     <t>15-02-2024</t>
@@ -1319,59 +1319,59 @@
   <si>
     <t>SM/18534</t>
   </si>
   <si>
     <t>100/NKWSMD</t>
   </si>
   <si>
     <t>INTERIOR'S NEST</t>
   </si>
   <si>
     <t>15-01-2024</t>
   </si>
   <si>
     <t>14-01-2025</t>
   </si>
   <si>
     <t>Guabari Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05402</t>
   </si>
   <si>
     <t>SM/07217</t>
   </si>
   <si>
+    <t>1008/SWSD</t>
+  </si>
+  <si>
+    <t>10-01-2021</t>
+  </si>
+  <si>
     <t>1277/SWSD</t>
   </si>
   <si>
-    <t>1008/SWSD</t>
-[...4 lines deleted...]
-  <si>
     <t>Hansqua Tea Garden Mouzas ( Hetmuri Singihora Gram Panchaayat) water supply scheme</t>
   </si>
   <si>
     <t>SM/03176</t>
   </si>
   <si>
     <t>SM/13391</t>
   </si>
   <si>
     <t>2919/SWSD</t>
   </si>
   <si>
     <t>24-03-2023</t>
   </si>
   <si>
     <t>20-10-2023</t>
   </si>
   <si>
     <t>HATTA PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15883</t>
   </si>
   <si>
     <t>413/NKWSMD</t>
@@ -1463,77 +1463,77 @@
   <si>
     <t>SM/15892</t>
   </si>
   <si>
     <t>125/NKWSMD</t>
   </si>
   <si>
     <t>26-08-2023</t>
   </si>
   <si>
     <t>KALKUT WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00136</t>
   </si>
   <si>
     <t>SM/18385</t>
   </si>
   <si>
     <t>1023/SWSD</t>
   </si>
   <si>
     <t>S.G.CONSTRUCTION</t>
   </si>
   <si>
+    <t>SM/08296</t>
+  </si>
+  <si>
+    <t>712/SWSD</t>
+  </si>
+  <si>
+    <t>03-08-2021</t>
+  </si>
+  <si>
+    <t>02-10-2021</t>
+  </si>
+  <si>
+    <t>711/SWSD</t>
+  </si>
+  <si>
+    <t>12-09-2021</t>
+  </si>
+  <si>
     <t>1031/SWSD</t>
   </si>
   <si>
     <t>A.B. GANAPATI CONSTRUCTION</t>
   </si>
   <si>
     <t>25-08-2023</t>
   </si>
   <si>
-    <t>SM/08296</t>
-[...16 lines deleted...]
-  <si>
     <t>KARMAT BUSTY PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/16238</t>
   </si>
   <si>
     <t>712/NKWSMD</t>
   </si>
   <si>
     <t>17-07-2023</t>
   </si>
   <si>
     <t>14-11-2023</t>
   </si>
   <si>
     <t>KASHIRAM PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/18613</t>
   </si>
   <si>
     <t>1366/SWSD</t>
   </si>
   <si>
     <t>UNIBRO INFRASERV PRIVATE LIMITED</t>
@@ -1634,95 +1634,95 @@
   <si>
     <t>09-08-2023</t>
   </si>
   <si>
     <t>05-04-2024</t>
   </si>
   <si>
     <t>KOLBONG KHASMAHAL PWSS</t>
   </si>
   <si>
     <t>SM/15840</t>
   </si>
   <si>
     <t>189/NKWSMD</t>
   </si>
   <si>
     <t>Lahugaon Bidhannagar &amp; Adj. Mouzas W/S Scheme</t>
   </si>
   <si>
     <t>SM/02990</t>
   </si>
   <si>
     <t>SM/10025</t>
   </si>
   <si>
+    <t>867/SWSD</t>
+  </si>
+  <si>
     <t>2376/SWSD</t>
   </si>
   <si>
     <t>12-08-2023</t>
   </si>
   <si>
-    <t>867/SWSD</t>
-[...1 lines deleted...]
-  <si>
     <t>Lalman Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/01744</t>
   </si>
   <si>
+    <t>SM/07216</t>
+  </si>
+  <si>
+    <t>708/SWSD</t>
+  </si>
+  <si>
+    <t>SM/07038</t>
+  </si>
+  <si>
+    <t>706/SWSD</t>
+  </si>
+  <si>
     <t>SM/12807</t>
   </si>
   <si>
     <t>649/SWSD</t>
   </si>
   <si>
     <t>S.G.CONSTRUCTION.</t>
   </si>
   <si>
-    <t>SM/07038</t>
-[...1 lines deleted...]
-  <si>
     <t>1009/SWSD</t>
   </si>
   <si>
     <t>10-09-2021</t>
   </si>
   <si>
     <t>25-09-2021</t>
   </si>
   <si>
-    <t>SM/07216</t>
-[...7 lines deleted...]
-  <si>
     <t>LAMAGAON PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15868</t>
   </si>
   <si>
     <t>221/NKWSMD</t>
   </si>
   <si>
     <t>TULSI NIROLA</t>
   </si>
   <si>
     <t>10-05-2023</t>
   </si>
   <si>
     <t>09-05-2024</t>
   </si>
   <si>
     <t>Lamahatta 8th &amp; 9th Mile Piped Water Supply Scheme [GTA]</t>
   </si>
   <si>
     <t>SM/05398</t>
   </si>
   <si>
     <t>SM/10261</t>
@@ -1979,62 +1979,62 @@
   <si>
     <t>11-05-2023</t>
   </si>
   <si>
     <t>MATIGARAHAT WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00132</t>
   </si>
   <si>
     <t>SM/14517</t>
   </si>
   <si>
     <t>1082/SWSD</t>
   </si>
   <si>
     <t>13-05-2024</t>
   </si>
   <si>
     <t>Mini Piped water supply Scheme for Pairikumari under Kurseong Block in the District of Darjeeling.</t>
   </si>
   <si>
     <t>SM/10790</t>
   </si>
   <si>
+    <t>608/NKWSMD</t>
+  </si>
+  <si>
+    <t>26-05-2022</t>
+  </si>
+  <si>
+    <t>21-01-2023</t>
+  </si>
+  <si>
     <t>SM/18879</t>
   </si>
   <si>
-    <t>608/NKWSMD</t>
-[...7 lines deleted...]
-  <si>
     <t>Mini Piped Water supply Scheme for Champasari Forest Village ,Chhota Adalpur ,Paharu Village under Block Kurseong Dist Darjeeling</t>
   </si>
   <si>
     <t>SM/10819</t>
   </si>
   <si>
     <t>MINI PIPED WATER SUPPLY SCHEME FOR FIVE NUMBER OF VILLAGES UNDER BLOCK KURSEONG &amp; MIRIK, DISTRICT OF DARJEELING</t>
   </si>
   <si>
     <t>SM/10788</t>
   </si>
   <si>
     <t>607/NKWSMD</t>
   </si>
   <si>
     <t>MINI PIPED WATER SUPPLY SCHEME FOR SEPTIGURI KHELAGHAR TEA GARDEN UNDER BLOCK KURSEONG DISTRICT OF DARJEELING.</t>
   </si>
   <si>
     <t>SM/10789</t>
   </si>
   <si>
     <t>MOHORGON TEA GARDEN AREA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/12751</t>
@@ -2054,104 +2054,104 @@
   <si>
     <t>SM/17191</t>
   </si>
   <si>
     <t>98/NKWSMD</t>
   </si>
   <si>
     <t>NAMLA BUSTY PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15878</t>
   </si>
   <si>
     <t>119/NKWSMD</t>
   </si>
   <si>
     <t>NAXALBARI WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00133</t>
   </si>
   <si>
     <t>SM/10183</t>
   </si>
   <si>
+    <t>37/SWSD</t>
+  </si>
+  <si>
+    <t>849/SWSD</t>
+  </si>
+  <si>
+    <t>848/SWSD</t>
+  </si>
+  <si>
+    <t>850/SWSD</t>
+  </si>
+  <si>
+    <t>2074/SWSD</t>
+  </si>
+  <si>
+    <t>KAMIRUL SK &amp; CO</t>
+  </si>
+  <si>
+    <t>13-01-2023</t>
+  </si>
+  <si>
+    <t>08-04-2023</t>
+  </si>
+  <si>
+    <t>869/SWSD</t>
+  </si>
+  <si>
+    <t>859/SWSD</t>
+  </si>
+  <si>
+    <t>19-10-2022</t>
+  </si>
+  <si>
     <t>38/SWSD</t>
   </si>
   <si>
-    <t>869/SWSD</t>
-[...17 lines deleted...]
-    <t>08-04-2023</t>
+    <t>847/SWSD</t>
+  </si>
+  <si>
+    <t>2438/SWSD</t>
+  </si>
+  <si>
+    <t>14-06-2022</t>
   </si>
   <si>
     <t>1405/SWSD</t>
   </si>
   <si>
     <t>THE HINDUSTHAN CO. OP. LABOUR CONTRACT &amp; CONSTRUCTION SOCIETY LTD.</t>
   </si>
   <si>
     <t>19-11-2023</t>
   </si>
   <si>
-    <t>850/SWSD</t>
-[...19 lines deleted...]
-  <si>
     <t>Nichitpur Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/13438</t>
   </si>
   <si>
     <t>643/SWSD</t>
   </si>
   <si>
     <t>28-09-2023</t>
   </si>
   <si>
     <t>Nipania Piped water Supply Scheme.</t>
   </si>
   <si>
     <t>SM/10815</t>
   </si>
   <si>
     <t>SM/18881</t>
   </si>
   <si>
     <t>Omi Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/06081</t>
@@ -2186,71 +2186,71 @@
   <si>
     <t>PANTHABARI FOREST Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/16143</t>
   </si>
   <si>
     <t>32/NKWSMD</t>
   </si>
   <si>
     <t>17-04-2023</t>
   </si>
   <si>
     <t>16-07-2023</t>
   </si>
   <si>
     <t>Paschim Madati Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05464</t>
   </si>
   <si>
     <t>SM/12037</t>
   </si>
   <si>
+    <t>1829/SWSD</t>
+  </si>
+  <si>
+    <t>13-01-2022</t>
+  </si>
+  <si>
+    <t>07-02-2022</t>
+  </si>
+  <si>
+    <t>SM/07031</t>
+  </si>
+  <si>
+    <t>1524/ SWSD</t>
+  </si>
+  <si>
     <t>2366/SWSD</t>
   </si>
   <si>
     <t>09-04-2023</t>
   </si>
   <si>
-    <t>SM/07031</t>
-[...13 lines deleted...]
-  <si>
     <t>SM/07032</t>
   </si>
   <si>
     <t>17-01-2021</t>
   </si>
   <si>
     <t>Pathar Hirhirar Chhat Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/13508</t>
   </si>
   <si>
     <t>22-02-2024</t>
   </si>
   <si>
     <t>PATONG TEA GARDEN PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15655</t>
   </si>
   <si>
     <t>116/NKWSMD</t>
   </si>
   <si>
     <t>27-04-2024</t>
@@ -2639,89 +2639,89 @@
   <si>
     <t>SM/15897</t>
   </si>
   <si>
     <t>411/NKWSMD</t>
   </si>
   <si>
     <t>31-01-2024</t>
   </si>
   <si>
     <t>PUMONG TEA GARDEN PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15876</t>
   </si>
   <si>
     <t>682/NKWSMD</t>
   </si>
   <si>
     <t>Purba Bansgaon Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05388</t>
   </si>
   <si>
+    <t>SM/07215</t>
+  </si>
+  <si>
+    <t>696/SWSD</t>
+  </si>
+  <si>
     <t>SM/07040</t>
   </si>
   <si>
     <t>1007/SWSD</t>
   </si>
   <si>
-    <t>SM/07215</t>
-[...4 lines deleted...]
-  <si>
     <t>Purba Madati Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05488</t>
   </si>
   <si>
+    <t>SM/07070</t>
+  </si>
+  <si>
+    <t>1079/SWSD</t>
+  </si>
+  <si>
     <t>SM/07043</t>
   </si>
   <si>
     <t>1828/SWSD</t>
   </si>
   <si>
     <t>BIMAN DUTTA</t>
   </si>
   <si>
+    <t>1080/SWSD</t>
+  </si>
+  <si>
     <t>1523/SWSD</t>
   </si>
   <si>
-    <t>1080/SWSD</t>
-[...7 lines deleted...]
-  <si>
     <t>PWS scheme for 3rd Division Soom TE - GP - Soom Singtam</t>
   </si>
   <si>
     <t>SM/08938</t>
   </si>
   <si>
     <t>SM/10767</t>
   </si>
   <si>
     <t>493/NKWSMD</t>
   </si>
   <si>
     <t>24-05-2022</t>
   </si>
   <si>
     <t>23-07-2022</t>
   </si>
   <si>
     <t>PWS Scheme for Augmentation and Extension of 3rd Mile village</t>
   </si>
   <si>
     <t>SM/10325</t>
   </si>
   <si>
     <t>SM/11380</t>
@@ -3467,125 +3467,125 @@
   <si>
     <t>101/NKWSMD</t>
   </si>
   <si>
     <t>RONGCHONG AND LABDA PWSS</t>
   </si>
   <si>
     <t>SM/18729</t>
   </si>
   <si>
     <t>936/NKWSMD</t>
   </si>
   <si>
     <t>15-08-2024</t>
   </si>
   <si>
     <t>SALBERI WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00819</t>
   </si>
   <si>
     <t>SM/09830</t>
   </si>
   <si>
+    <t>2080/SWSD</t>
+  </si>
+  <si>
+    <t>19-04-2022</t>
+  </si>
+  <si>
+    <t>2077/SWSD</t>
+  </si>
+  <si>
+    <t>2078/SWSD</t>
+  </si>
+  <si>
     <t>2079/SWSD</t>
   </si>
   <si>
     <t>15-03-2022</t>
   </si>
   <si>
-    <t>2077/SWSD</t>
-[...1 lines deleted...]
-  <si>
     <t>2202/SWSD</t>
   </si>
   <si>
     <t>17-02-2022</t>
   </si>
   <si>
     <t>16-08-2022</t>
   </si>
   <si>
-    <t>2080/SWSD</t>
-[...7 lines deleted...]
-  <si>
     <t>SHYAMDHAN WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00137</t>
   </si>
   <si>
+    <t>SM/18421</t>
+  </si>
+  <si>
+    <t>107/SWSD</t>
+  </si>
+  <si>
+    <t>M/S YOUNG ASSOCIATES</t>
+  </si>
+  <si>
     <t>SM/07046</t>
   </si>
   <si>
+    <t>690/SWSD</t>
+  </si>
+  <si>
+    <t>SHIVNATH DEY</t>
+  </si>
+  <si>
+    <t>22-08-2021</t>
+  </si>
+  <si>
     <t>1219/SWSD</t>
   </si>
   <si>
-    <t>690/SWSD</t>
-[...5 lines deleted...]
-    <t>22-08-2021</t>
+    <t>1049/SWSD</t>
+  </si>
+  <si>
+    <t>28-07-2023</t>
+  </si>
+  <si>
+    <t>13-02-2024</t>
+  </si>
+  <si>
+    <t>1526/ SWSD</t>
+  </si>
+  <si>
+    <t>PROSANTA KUMAR DAS</t>
   </si>
   <si>
     <t>689/SWSD</t>
   </si>
   <si>
-    <t>1526/ SWSD</t>
-[...22 lines deleted...]
-  <si>
     <t>SIMULBARI TEA GARDEN AREA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/10817</t>
   </si>
   <si>
     <t>SM/18878</t>
   </si>
   <si>
     <t>SINGALILA FOREST PWSS</t>
   </si>
   <si>
     <t>SM/16771</t>
   </si>
   <si>
     <t>87/NKWSMD</t>
   </si>
   <si>
     <t>Singla Tea Garden water supply scheme.</t>
   </si>
   <si>
     <t>SM/11339</t>
   </si>
   <si>
     <t>08-09-2022</t>
@@ -3692,78 +3692,78 @@
   <si>
     <t>Tarbandha Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05944</t>
   </si>
   <si>
     <t>1280/SWSD</t>
   </si>
   <si>
     <t>SM/15269</t>
   </si>
   <si>
     <t>333/SWSD</t>
   </si>
   <si>
     <t>THAKURGANJ WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00134</t>
   </si>
   <si>
     <t>SM/09827</t>
   </si>
   <si>
+    <t>273/SWSD</t>
+  </si>
+  <si>
+    <t>06-05-2022</t>
+  </si>
+  <si>
+    <t>02-11-2022</t>
+  </si>
+  <si>
+    <t>863/SWSD</t>
+  </si>
+  <si>
+    <t>2439/SWSD</t>
+  </si>
+  <si>
+    <t>M/S DEBRAJ ENTERPRISE</t>
+  </si>
+  <si>
+    <t>861/SWSD</t>
+  </si>
+  <si>
+    <t>862/SWSD</t>
+  </si>
+  <si>
     <t>864/SWSD</t>
   </si>
   <si>
     <t>25-08-2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>863/SWSD</t>
   </si>
   <si>
     <t>Trihana T G Mouza ( Upper Bagdogra Gram Panchaayat) water supply scheme</t>
   </si>
   <si>
     <t>SM/03173</t>
   </si>
   <si>
     <t>SM/12748</t>
   </si>
   <si>
     <t>1675/SWSD</t>
   </si>
   <si>
     <t>10-11-2022</t>
   </si>
   <si>
     <t>1690/SWSD</t>
   </si>
   <si>
     <t>Tukbar Tea Garden Piped Water Supply scheme under GTA</t>
   </si>
   <si>
     <t>SM/05532</t>
   </si>
@@ -4897,198 +4897,198 @@
       <c r="D13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="4">
-        <v>1125</v>
+        <v>2935</v>
       </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J14" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L14" s="4">
-        <v>2441</v>
+        <v>1619</v>
       </c>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J15" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L15" s="4">
-        <v>1619</v>
+        <v>482</v>
       </c>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L16" s="4">
-        <v>482</v>
+        <v>1125</v>
       </c>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>88</v>
@@ -5320,51 +5320,51 @@
         <v>104</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>107</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L22" s="4">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>109</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>110</v>
@@ -5405,51 +5405,51 @@
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>113</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L24" s="4">
         <v>156</v>
       </c>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
@@ -5512,51 +5512,51 @@
       <c r="D26" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>122</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L26" s="4">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>126</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>127</v>
@@ -5955,53 +5955,55 @@
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>164</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>165</v>
       </c>
       <c r="E36" s="3"/>
-      <c r="F36" s="3"/>
+      <c r="F36" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G36" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>166</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>168</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L36" s="4"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
@@ -6062,51 +6064,51 @@
       <c r="B38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>177</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>178</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>180</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>181</v>
       </c>
       <c r="J38" s="4" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L38" s="4">
         <v>207</v>
       </c>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>13</v>
@@ -6202,201 +6204,201 @@
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>198</v>
       </c>
       <c r="I41" s="13" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="J41" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K41" s="4" t="s">
-        <v>72</v>
+        <v>199</v>
       </c>
       <c r="L41" s="4">
-        <v>500</v>
+        <v>304</v>
       </c>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H42" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="I42" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="K42" s="4" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="L42" s="4">
         <v>297</v>
       </c>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>202</v>
       </c>
       <c r="I43" s="13" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="J43" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K43" s="4" t="s">
-        <v>201</v>
+        <v>86</v>
       </c>
       <c r="L43" s="4">
-        <v>304</v>
+        <v>500</v>
       </c>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>203</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>204</v>
       </c>
       <c r="J44" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L44" s="4">
         <v>344</v>
       </c>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>13</v>
@@ -6617,213 +6619,213 @@
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I50" s="13" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J50" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K50" s="4"/>
+        <v>124</v>
+      </c>
+      <c r="K50" s="4" t="s">
+        <v>234</v>
+      </c>
       <c r="L50" s="4">
-        <v>550</v>
+        <v>45</v>
       </c>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I51" s="13" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K51" s="4"/>
       <c r="L51" s="4">
-        <v>45</v>
+        <v>550</v>
       </c>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>240</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>241</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K52" s="4"/>
       <c r="L52" s="4">
-        <v>411</v>
+        <v>301</v>
       </c>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>242</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>241</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K53" s="4"/>
       <c r="L53" s="4">
-        <v>301</v>
+        <v>411</v>
       </c>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>244</v>
@@ -7121,216 +7123,216 @@
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E61" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E61" s="3"/>
+      <c r="F61" s="3"/>
       <c r="G61" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H61" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="I61" s="13" t="s">
         <v>281</v>
       </c>
-      <c r="I61" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" s="4" t="s">
-        <v>283</v>
+        <v>140</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>284</v>
+        <v>230</v>
       </c>
       <c r="L61" s="4">
-        <v>299</v>
+        <v>1</v>
       </c>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="I62" s="13" t="s">
-        <v>229</v>
+        <v>103</v>
       </c>
       <c r="J62" s="4" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="L62" s="4">
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E63" s="3"/>
-      <c r="F63" s="3"/>
+      <c r="E63" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>56</v>
+      </c>
       <c r="G63" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="I63" s="13" t="s">
-        <v>282</v>
+        <v>229</v>
       </c>
       <c r="J63" s="4" t="s">
-        <v>140</v>
+        <v>284</v>
       </c>
       <c r="K63" s="4" t="s">
-        <v>230</v>
+        <v>285</v>
       </c>
       <c r="L63" s="4">
-        <v>1</v>
+        <v>153</v>
       </c>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H64" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="I64" s="13" t="s">
+        <v>281</v>
+      </c>
+      <c r="J64" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="K64" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="I64" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L64" s="4">
-        <v>129</v>
+        <v>299</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>292</v>
@@ -7380,51 +7382,51 @@
       <c r="D66" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>297</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>298</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>299</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L66" s="4">
-        <v>750</v>
+        <v>774</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>292</v>
@@ -7511,51 +7513,51 @@
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>306</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>307</v>
       </c>
       <c r="E69" s="3"/>
       <c r="F69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>308</v>
       </c>
       <c r="I69" s="13" t="s">
         <v>305</v>
       </c>
       <c r="J69" s="4" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>309</v>
       </c>
       <c r="L69" s="4">
         <v>767</v>
       </c>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>13</v>
@@ -7698,107 +7700,107 @@
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I73" s="13" t="s">
-        <v>232</v>
+        <v>325</v>
       </c>
       <c r="J73" s="4" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K73" s="4"/>
       <c r="L73" s="4">
-        <v>759</v>
+        <v>429</v>
       </c>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>326</v>
       </c>
       <c r="I74" s="13" t="s">
+        <v>236</v>
+      </c>
+      <c r="J74" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="K74" s="4" t="s">
         <v>327</v>
       </c>
-      <c r="J74" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K74" s="4"/>
       <c r="L74" s="4">
-        <v>429</v>
+        <v>759</v>
       </c>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>328</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>329</v>
@@ -8248,51 +8250,51 @@
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>374</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>375</v>
       </c>
       <c r="E85" s="3"/>
       <c r="F85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="4" t="s">
         <v>376</v>
       </c>
       <c r="I85" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>368</v>
       </c>
       <c r="K85" s="4" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="L85" s="4"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D86" s="3" t="s">
@@ -8470,96 +8472,96 @@
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E90" s="3"/>
       <c r="F90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>397</v>
       </c>
       <c r="I90" s="13" t="s">
         <v>398</v>
       </c>
       <c r="J90" s="4" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L90" s="4"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="4" t="s">
         <v>397</v>
       </c>
       <c r="I91" s="13" t="s">
         <v>398</v>
       </c>
       <c r="J91" s="4" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L91" s="4"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
@@ -8786,51 +8788,53 @@
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E97" s="3"/>
-      <c r="F97" s="3"/>
+      <c r="F97" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G97" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>428</v>
       </c>
       <c r="I97" s="13" t="s">
         <v>429</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>430</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>431</v>
       </c>
       <c r="L97" s="4"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
@@ -8841,106 +8845,106 @@
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>435</v>
       </c>
       <c r="I98" s="13" t="s">
-        <v>64</v>
+        <v>187</v>
       </c>
       <c r="J98" s="4" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="K98" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="L98" s="4"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I99" s="13" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="J99" s="4" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="L99" s="4"/>
+        <v>60</v>
+      </c>
+      <c r="K99" s="4"/>
+      <c r="L99" s="4">
+        <v>103</v>
+      </c>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>439</v>
       </c>
@@ -9033,51 +9037,51 @@
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>450</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>451</v>
       </c>
       <c r="E102" s="3"/>
       <c r="F102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>452</v>
       </c>
       <c r="I102" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>453</v>
       </c>
       <c r="K102" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="L102" s="4"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>454</v>
       </c>
       <c r="D103" s="3" t="s">
@@ -9213,51 +9217,51 @@
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>461</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H106" s="4" t="s">
         <v>467</v>
       </c>
       <c r="I106" s="13" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>469</v>
       </c>
       <c r="L106" s="4">
         <v>324</v>
       </c>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
@@ -9271,51 +9275,51 @@
       <c r="D107" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="4" t="s">
         <v>470</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>471</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>472</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>473</v>
       </c>
       <c r="L107" s="4">
-        <v>351</v>
+        <v>382</v>
       </c>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>474</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>475</v>
@@ -9362,201 +9366,201 @@
       <c r="C109" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>480</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="4" t="s">
         <v>481</v>
       </c>
       <c r="I109" s="13" t="s">
         <v>482</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="4" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="L109" s="4">
         <v>262</v>
       </c>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H110" s="4" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I110" s="13" t="s">
-        <v>484</v>
+        <v>84</v>
       </c>
       <c r="J110" s="4" t="s">
-        <v>21</v>
+        <v>485</v>
       </c>
       <c r="K110" s="4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="L110" s="4">
-        <v>133</v>
+        <v>753</v>
       </c>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H111" s="4" t="s">
         <v>487</v>
       </c>
       <c r="I111" s="13" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="J111" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="K111" s="4" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="L111" s="4">
         <v>426</v>
       </c>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H112" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="I112" s="13" t="s">
         <v>490</v>
       </c>
-      <c r="I112" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" s="4" t="s">
-        <v>488</v>
+        <v>21</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>491</v>
       </c>
       <c r="L112" s="4">
-        <v>753</v>
+        <v>133</v>
       </c>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>492</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>493</v>
@@ -9644,51 +9648,51 @@
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>503</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H115" s="4" t="s">
         <v>506</v>
       </c>
       <c r="I115" s="13" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>507</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>508</v>
       </c>
       <c r="L115" s="4">
         <v>248</v>
       </c>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
@@ -9696,98 +9700,98 @@
       <c r="B116" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>503</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>509</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="4" t="s">
         <v>510</v>
       </c>
       <c r="I116" s="13" t="s">
         <v>511</v>
       </c>
       <c r="J116" s="4" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>512</v>
       </c>
       <c r="L116" s="4"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>516</v>
       </c>
       <c r="I117" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J117" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>518</v>
       </c>
       <c r="L117" s="4">
         <v>474</v>
       </c>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>13</v>
@@ -9890,102 +9894,104 @@
       <c r="B120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>527</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J120" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K120" s="4" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="L120" s="4">
         <v>496</v>
       </c>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>529</v>
       </c>
       <c r="E121" s="3"/>
-      <c r="F121" s="3"/>
+      <c r="F121" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G121" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>530</v>
       </c>
       <c r="I121" s="13" t="s">
         <v>531</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>532</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>533</v>
       </c>
       <c r="L121" s="4">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>534</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>535</v>
@@ -10026,305 +10032,305 @@
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="10" t="s">
         <v>537</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>540</v>
       </c>
       <c r="I123" s="13" t="s">
-        <v>79</v>
+        <v>517</v>
       </c>
       <c r="J123" s="4" t="s">
-        <v>321</v>
+        <v>85</v>
       </c>
       <c r="K123" s="4" t="s">
-        <v>541</v>
+        <v>518</v>
       </c>
       <c r="L123" s="4">
-        <v>717</v>
+        <v>207</v>
       </c>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>537</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H124" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="I124" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="J124" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="K124" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="I124" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L124" s="4">
-        <v>207</v>
+        <v>717</v>
       </c>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>545</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H125" s="4" t="s">
         <v>546</v>
       </c>
       <c r="I125" s="13" t="s">
-        <v>547</v>
+        <v>50</v>
       </c>
       <c r="J125" s="4" t="s">
-        <v>80</v>
+        <v>485</v>
       </c>
       <c r="K125" s="4" t="s">
-        <v>81</v>
+        <v>160</v>
       </c>
       <c r="L125" s="4">
-        <v>3</v>
+        <v>433</v>
       </c>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="4" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="I126" s="13" t="s">
-        <v>235</v>
+        <v>250</v>
       </c>
       <c r="J126" s="4" t="s">
-        <v>550</v>
+        <v>485</v>
       </c>
       <c r="K126" s="4" t="s">
-        <v>551</v>
+        <v>512</v>
       </c>
       <c r="L126" s="4">
-        <v>102</v>
+        <v>289</v>
       </c>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="I127" s="13" t="s">
-        <v>50</v>
+        <v>551</v>
       </c>
       <c r="J127" s="4" t="s">
-        <v>488</v>
+        <v>76</v>
       </c>
       <c r="K127" s="4" t="s">
-        <v>160</v>
+        <v>77</v>
       </c>
       <c r="L127" s="4">
-        <v>433</v>
+        <v>3</v>
       </c>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="I128" s="13" t="s">
+        <v>233</v>
+      </c>
+      <c r="J128" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="K128" s="4" t="s">
         <v>554</v>
       </c>
-      <c r="I128" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L128" s="4">
-        <v>289</v>
+        <v>102</v>
       </c>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>555</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>556</v>
@@ -10593,191 +10599,191 @@
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>585</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>586</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>587</v>
       </c>
       <c r="I135" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J135" s="4" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="L135" s="4">
         <v>350</v>
       </c>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>590</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="4" t="s">
         <v>591</v>
       </c>
       <c r="I136" s="13" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="J136" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K136" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L136" s="4"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>593</v>
       </c>
       <c r="I137" s="13" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>594</v>
       </c>
       <c r="L137" s="4"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="4" t="s">
         <v>595</v>
       </c>
       <c r="I138" s="13" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K138" s="4"/>
       <c r="L138" s="4">
         <v>100</v>
       </c>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
@@ -11287,51 +11293,51 @@
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E150" s="3"/>
       <c r="F150" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H150" s="4" t="s">
         <v>645</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>646</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>647</v>
       </c>
       <c r="L150" s="4">
         <v>588</v>
       </c>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
@@ -11345,140 +11351,142 @@
       <c r="D151" s="3" t="s">
         <v>649</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>650</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H151" s="4" t="s">
         <v>651</v>
       </c>
       <c r="I151" s="13" t="s">
         <v>261</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>623</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>652</v>
       </c>
       <c r="L151" s="4">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="E152" s="3" t="s">
+      <c r="E152" s="3"/>
+      <c r="F152" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152" s="4" t="s">
         <v>655</v>
       </c>
-      <c r="F152" s="3"/>
-[...5 lines deleted...]
-      </c>
       <c r="I152" s="13" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="J152" s="4" t="s">
-        <v>315</v>
+        <v>656</v>
       </c>
       <c r="K152" s="4" t="s">
-        <v>316</v>
+        <v>657</v>
       </c>
       <c r="L152" s="4"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="E153" s="3"/>
+      <c r="E153" s="3" t="s">
+        <v>658</v>
+      </c>
       <c r="F153" s="3" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>656</v>
+        <v>314</v>
       </c>
       <c r="I153" s="13" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="J153" s="4" t="s">
-        <v>657</v>
+        <v>315</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="L153" s="4"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>659</v>
       </c>
       <c r="D154" s="3" t="s">
@@ -11521,99 +11529,99 @@
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>661</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E155" s="3"/>
       <c r="F155" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>663</v>
       </c>
       <c r="I155" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J155" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="K155" s="4" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="L155" s="4"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>664</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>665</v>
       </c>
       <c r="E156" s="3"/>
       <c r="F156" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="I156" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J156" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="K156" s="4" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="L156" s="4"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>666</v>
       </c>
       <c r="D157" s="3" t="s">
@@ -11645,51 +11653,53 @@
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="10" t="s">
         <v>671</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>672</v>
       </c>
       <c r="E158" s="3"/>
-      <c r="F158" s="3"/>
+      <c r="F158" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G158" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H158" s="4" t="s">
         <v>673</v>
       </c>
       <c r="I158" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J158" s="4" t="s">
         <v>384</v>
       </c>
       <c r="K158" s="4" t="s">
         <v>571</v>
       </c>
       <c r="L158" s="4"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
@@ -11745,207 +11755,207 @@
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H160" s="4" t="s">
         <v>680</v>
       </c>
       <c r="I160" s="13" t="s">
-        <v>232</v>
+        <v>62</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>465</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L160" s="4">
-        <v>115</v>
+        <v>853</v>
       </c>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>681</v>
       </c>
       <c r="I161" s="13" t="s">
-        <v>638</v>
+        <v>305</v>
       </c>
       <c r="J161" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K161" s="4" t="s">
-        <v>201</v>
+        <v>86</v>
       </c>
       <c r="L161" s="4">
-        <v>488</v>
+        <v>365</v>
       </c>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>682</v>
       </c>
       <c r="I162" s="13" t="s">
-        <v>305</v>
+        <v>325</v>
       </c>
       <c r="J162" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K162" s="4" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L162" s="4">
-        <v>365</v>
+        <v>507</v>
       </c>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H163" s="4" t="s">
         <v>683</v>
       </c>
       <c r="I163" s="13" t="s">
-        <v>327</v>
+        <v>187</v>
       </c>
       <c r="J163" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K163" s="4" t="s">
-        <v>20</v>
+        <v>199</v>
       </c>
       <c r="L163" s="4">
-        <v>507</v>
+        <v>472</v>
       </c>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>678</v>
@@ -11990,346 +12000,346 @@
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H165" s="4" t="s">
         <v>688</v>
       </c>
       <c r="I165" s="13" t="s">
-        <v>689</v>
+        <v>638</v>
       </c>
       <c r="J165" s="4" t="s">
-        <v>176</v>
+        <v>85</v>
       </c>
       <c r="K165" s="4" t="s">
-        <v>690</v>
+        <v>199</v>
       </c>
       <c r="L165" s="4">
-        <v>74</v>
+        <v>488</v>
       </c>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H166" s="4" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="I166" s="13" t="s">
-        <v>187</v>
+        <v>517</v>
       </c>
       <c r="J166" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K166" s="4" t="s">
-        <v>201</v>
+        <v>690</v>
       </c>
       <c r="L166" s="4">
-        <v>472</v>
+        <v>929</v>
       </c>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="I167" s="13" t="s">
-        <v>62</v>
+        <v>236</v>
       </c>
       <c r="J167" s="4" t="s">
         <v>465</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L167" s="4">
-        <v>853</v>
+        <v>115</v>
       </c>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H168" s="4" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="I168" s="13" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="J168" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K168" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="L168" s="4">
         <v>465</v>
       </c>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H169" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="I169" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="J169" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="K169" s="4" t="s">
         <v>694</v>
       </c>
-      <c r="I169" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L169" s="4">
-        <v>929</v>
+        <v>107</v>
       </c>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H170" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="I170" s="13" t="s">
         <v>696</v>
       </c>
-      <c r="I170" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J170" s="4" t="s">
-        <v>521</v>
+        <v>176</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>697</v>
       </c>
       <c r="L170" s="4">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="10" t="s">
         <v>698</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E171" s="3"/>
       <c r="F171" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="4" t="s">
         <v>700</v>
       </c>
       <c r="I171" s="13" t="s">
         <v>303</v>
       </c>
       <c r="J171" s="4" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>701</v>
       </c>
       <c r="L171" s="4">
         <v>264</v>
       </c>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>13</v>
@@ -12432,51 +12442,51 @@
       <c r="D174" s="3" t="s">
         <v>706</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>707</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H174" s="4" t="s">
         <v>708</v>
       </c>
       <c r="I174" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J174" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L174" s="4">
-        <v>587</v>
+        <v>37</v>
       </c>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>705</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>706</v>
@@ -12530,51 +12540,51 @@
       <c r="D176" s="3" t="s">
         <v>706</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>707</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H176" s="4" t="s">
         <v>708</v>
       </c>
       <c r="I176" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J176" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L176" s="4">
-        <v>37</v>
+        <v>587</v>
       </c>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>713</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>714</v>
@@ -12660,285 +12670,285 @@
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>723</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="4" t="s">
         <v>724</v>
       </c>
       <c r="I179" s="13" t="s">
-        <v>305</v>
+        <v>120</v>
       </c>
       <c r="J179" s="4" t="s">
-        <v>321</v>
+        <v>725</v>
       </c>
       <c r="K179" s="4" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="L179" s="4">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>621</v>
+        <v>728</v>
       </c>
       <c r="I180" s="13" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="J180" s="4" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      <c r="L180" s="4"/>
+        <v>60</v>
+      </c>
+      <c r="K180" s="4"/>
+      <c r="L180" s="4">
+        <v>12</v>
+      </c>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>723</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="I181" s="13" t="s">
-        <v>120</v>
+        <v>305</v>
       </c>
       <c r="J181" s="4" t="s">
-        <v>728</v>
+        <v>321</v>
       </c>
       <c r="K181" s="4" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="L181" s="4">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>730</v>
+        <v>651</v>
       </c>
       <c r="I182" s="13" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="J182" s="4" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="K182" s="4" t="s">
+        <v>732</v>
+      </c>
+      <c r="L182" s="4"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>651</v>
+        <v>621</v>
       </c>
       <c r="I183" s="13" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K183" s="4" t="s">
-        <v>732</v>
+        <v>251</v>
       </c>
       <c r="L183" s="4"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>733</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>734</v>
       </c>
       <c r="E184" s="3"/>
       <c r="F184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="I184" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>193</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>735</v>
       </c>
       <c r="L184" s="4">
         <v>764</v>
       </c>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
@@ -13388,53 +13398,55 @@
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>784</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>785</v>
       </c>
       <c r="E195" s="3"/>
-      <c r="F195" s="3"/>
+      <c r="F195" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G195" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>786</v>
       </c>
       <c r="I195" s="13" t="s">
         <v>787</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>788</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>321</v>
       </c>
       <c r="L195" s="4"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
@@ -13624,51 +13636,51 @@
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="10" t="s">
         <v>804</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E200" s="3"/>
       <c r="F200" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="4" t="s">
         <v>806</v>
       </c>
       <c r="I200" s="13" t="s">
         <v>807</v>
       </c>
       <c r="J200" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L200" s="4"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="10" t="s">
@@ -13804,96 +13816,96 @@
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>817</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>818</v>
       </c>
       <c r="E204" s="3"/>
       <c r="F204" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="4" t="s">
         <v>819</v>
       </c>
       <c r="I204" s="13" t="s">
         <v>820</v>
       </c>
       <c r="J204" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>821</v>
       </c>
       <c r="L204" s="4"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>817</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>818</v>
       </c>
       <c r="E205" s="3"/>
       <c r="F205" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="4" t="s">
         <v>819</v>
       </c>
       <c r="I205" s="13" t="s">
         <v>820</v>
       </c>
       <c r="J205" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>821</v>
       </c>
       <c r="L205" s="4"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="10" t="s">
@@ -14029,276 +14041,276 @@
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>837</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>838</v>
       </c>
       <c r="E209" s="3"/>
       <c r="F209" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="4" t="s">
         <v>839</v>
       </c>
       <c r="I209" s="13" t="s">
         <v>840</v>
       </c>
       <c r="J209" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L209" s="4"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>837</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>838</v>
       </c>
       <c r="E210" s="3"/>
       <c r="F210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="4" t="s">
         <v>839</v>
       </c>
       <c r="I210" s="13" t="s">
         <v>840</v>
       </c>
       <c r="J210" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L210" s="4"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>841</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>842</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="4" t="s">
         <v>843</v>
       </c>
       <c r="I211" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J211" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L211" s="4"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>841</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>842</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="4" t="s">
         <v>843</v>
       </c>
       <c r="I212" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J212" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L212" s="4"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>844</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>845</v>
       </c>
       <c r="E213" s="3"/>
       <c r="F213" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="4" t="s">
         <v>846</v>
       </c>
       <c r="I213" s="13" t="s">
         <v>847</v>
       </c>
       <c r="J213" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L213" s="4"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>848</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>849</v>
       </c>
       <c r="E214" s="3"/>
       <c r="F214" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="4" t="s">
         <v>850</v>
       </c>
       <c r="I214" s="13" t="s">
         <v>851</v>
       </c>
       <c r="J214" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L214" s="4"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="10" t="s">
@@ -14568,296 +14580,296 @@
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H221" s="4" t="s">
         <v>876</v>
       </c>
       <c r="I221" s="13" t="s">
-        <v>282</v>
+        <v>305</v>
       </c>
       <c r="J221" s="4" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="K221" s="4" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="L221" s="4"/>
+        <v>594</v>
+      </c>
+      <c r="L221" s="4">
+        <v>312</v>
+      </c>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>877</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="4" t="s">
         <v>878</v>
       </c>
       <c r="I222" s="13" t="s">
-        <v>305</v>
+        <v>281</v>
       </c>
       <c r="J222" s="4" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="K222" s="4" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="L222" s="4"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>881</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>882</v>
       </c>
       <c r="I223" s="13" t="s">
-        <v>883</v>
+        <v>136</v>
       </c>
       <c r="J223" s="4" t="s">
-        <v>728</v>
+        <v>140</v>
       </c>
       <c r="K223" s="4" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="L223" s="4"/>
+        <v>251</v>
+      </c>
+      <c r="L223" s="4">
+        <v>286</v>
+      </c>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="4" t="s">
         <v>884</v>
       </c>
       <c r="I224" s="13" t="s">
-        <v>511</v>
+        <v>885</v>
       </c>
       <c r="J224" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K224" s="4"/>
+        <v>725</v>
+      </c>
+      <c r="K224" s="4" t="s">
+        <v>726</v>
+      </c>
       <c r="L224" s="4"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="I225" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L225" s="4"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="4" t="s">
         <v>887</v>
       </c>
       <c r="I226" s="13" t="s">
-        <v>136</v>
+        <v>511</v>
       </c>
       <c r="J226" s="4" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K226" s="4"/>
+      <c r="L226" s="4"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>888</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>889</v>
       </c>
@@ -15212,53 +15224,55 @@
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>930</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>931</v>
       </c>
       <c r="E235" s="3"/>
-      <c r="F235" s="3"/>
+      <c r="F235" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G235" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H235" s="4" t="s">
         <v>932</v>
       </c>
       <c r="I235" s="13" t="s">
         <v>358</v>
       </c>
       <c r="J235" s="4" t="s">
         <v>146</v>
       </c>
       <c r="K235" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L235" s="4"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
@@ -15501,51 +15515,51 @@
       <c r="B241" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="10" t="s">
         <v>956</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>957</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>958</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H241" s="4" t="s">
         <v>959</v>
       </c>
       <c r="I241" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J241" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K241" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L241" s="4"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="10" t="s">
@@ -15670,62 +15684,64 @@
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="10" t="s">
         <v>972</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>973</v>
       </c>
       <c r="E245" s="3"/>
-      <c r="F245" s="3"/>
+      <c r="F245" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G245" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H245" s="4" t="s">
         <v>974</v>
       </c>
       <c r="I245" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J245" s="4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K245" s="4" t="s">
         <v>975</v>
       </c>
       <c r="L245" s="4"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="10" t="s">
@@ -16002,98 +16018,98 @@
       <c r="B252" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="10" t="s">
         <v>1003</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="4" t="s">
         <v>1006</v>
       </c>
       <c r="I252" s="13" t="s">
         <v>1007</v>
       </c>
       <c r="J252" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K252" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L252" s="4"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>1008</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="4" t="s">
         <v>1011</v>
       </c>
       <c r="I253" s="13" t="s">
         <v>1007</v>
       </c>
       <c r="J253" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K253" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L253" s="4"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="10" t="s">
@@ -16280,51 +16296,51 @@
       <c r="B258" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="10" t="s">
         <v>1031</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="F258" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="I258" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J258" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K258" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L258" s="4"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="10" t="s">
@@ -16417,51 +16433,51 @@
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="10" t="s">
         <v>1041</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="E261" s="3"/>
       <c r="F261" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="I261" s="13" t="s">
         <v>1007</v>
       </c>
       <c r="J261" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K261" s="4" t="s">
         <v>821</v>
       </c>
       <c r="L261" s="4"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="10" t="s">
@@ -16507,141 +16523,141 @@
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="10" t="s">
         <v>1048</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="E263" s="3"/>
       <c r="F263" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="4" t="s">
         <v>1050</v>
       </c>
       <c r="I263" s="13" t="s">
         <v>1051</v>
       </c>
       <c r="J263" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K263" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L263" s="4"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="10" t="s">
         <v>1052</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="E264" s="3"/>
       <c r="F264" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="I264" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J264" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K264" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L264" s="4"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="10" t="s">
         <v>1055</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="4" t="s">
         <v>1057</v>
       </c>
       <c r="I265" s="13" t="s">
         <v>1058</v>
       </c>
       <c r="J265" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K265" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L265" s="4"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="10" t="s">
@@ -16687,51 +16703,51 @@
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>1063</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="E267" s="3"/>
       <c r="F267" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="4" t="s">
         <v>1065</v>
       </c>
       <c r="I267" s="13" t="s">
         <v>1007</v>
       </c>
       <c r="J267" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K267" s="4" t="s">
         <v>821</v>
       </c>
       <c r="L267" s="4"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="10" t="s">
@@ -16777,51 +16793,51 @@
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>1069</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="E269" s="3"/>
       <c r="F269" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="4" t="s">
         <v>1071</v>
       </c>
       <c r="I269" s="13" t="s">
         <v>340</v>
       </c>
       <c r="J269" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K269" s="4" t="s">
         <v>808</v>
       </c>
       <c r="L269" s="4"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="10" t="s">
@@ -16957,51 +16973,51 @@
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="10" t="s">
         <v>1084</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="E273" s="3"/>
       <c r="F273" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="4" t="s">
         <v>1086</v>
       </c>
       <c r="I273" s="13" t="s">
         <v>1087</v>
       </c>
       <c r="J273" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K273" s="4" t="s">
         <v>1088</v>
       </c>
       <c r="L273" s="4"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="10" t="s">
@@ -17047,51 +17063,51 @@
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>1093</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="E275" s="3"/>
       <c r="F275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H275" s="4" t="s">
         <v>1095</v>
       </c>
       <c r="I275" s="13" t="s">
         <v>1096</v>
       </c>
       <c r="J275" s="4" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="K275" s="4" t="s">
         <v>821</v>
       </c>
       <c r="L275" s="4"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="10" t="s">
@@ -17492,53 +17508,55 @@
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="10" t="s">
         <v>1128</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E285" s="3"/>
-      <c r="F285" s="3"/>
+      <c r="F285" s="3" t="s">
+        <v>16</v>
+      </c>
       <c r="G285" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H285" s="4" t="s">
         <v>1130</v>
       </c>
       <c r="I285" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J285" s="4" t="s">
         <v>384</v>
       </c>
       <c r="K285" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L285" s="4"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
@@ -17817,60 +17835,60 @@
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F292" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H292" s="4" t="s">
         <v>1151</v>
       </c>
       <c r="I292" s="13" t="s">
-        <v>327</v>
+        <v>520</v>
       </c>
       <c r="J292" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K292" s="4" t="s">
         <v>1152</v>
       </c>
       <c r="L292" s="4">
-        <v>198</v>
+        <v>410</v>
       </c>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>1149</v>
@@ -17915,448 +17933,448 @@
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H294" s="4" t="s">
         <v>1154</v>
       </c>
       <c r="I294" s="13" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="J294" s="4" t="s">
-        <v>1155</v>
+        <v>468</v>
       </c>
       <c r="K294" s="4" t="s">
-        <v>1156</v>
+        <v>469</v>
       </c>
       <c r="L294" s="4">
-        <v>333</v>
+        <v>441</v>
       </c>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F295" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H295" s="4" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="I295" s="13" t="s">
-        <v>520</v>
+        <v>325</v>
       </c>
       <c r="J295" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K295" s="4" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="L295" s="4">
-        <v>410</v>
+        <v>198</v>
       </c>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H296" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I296" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="J296" s="4" t="s">
+        <v>1158</v>
+      </c>
+      <c r="K296" s="4" t="s">
         <v>1159</v>
       </c>
-      <c r="I296" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L296" s="4">
-        <v>441</v>
+        <v>333</v>
       </c>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H297" s="4" t="s">
         <v>1163</v>
       </c>
       <c r="I297" s="13" t="s">
-        <v>103</v>
+        <v>1164</v>
       </c>
       <c r="J297" s="4" t="s">
-        <v>160</v>
+        <v>430</v>
       </c>
       <c r="K297" s="4" t="s">
-        <v>163</v>
+        <v>924</v>
       </c>
       <c r="L297" s="4">
-        <v>100</v>
+        <v>222</v>
       </c>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="F298" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H298" s="4" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="I298" s="13" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="J298" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K298" s="4" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="L298" s="4">
         <v>229</v>
       </c>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H299" s="4" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="I299" s="13" t="s">
-        <v>327</v>
+        <v>103</v>
       </c>
       <c r="J299" s="4" t="s">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c r="K299" s="4" t="s">
-        <v>1166</v>
+        <v>163</v>
       </c>
       <c r="L299" s="4">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G300" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H300" s="4" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="I300" s="13" t="s">
-        <v>1169</v>
+        <v>1111</v>
       </c>
       <c r="J300" s="4" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="L300" s="4"/>
+        <v>1171</v>
+      </c>
+      <c r="K300" s="4" t="s">
+        <v>1172</v>
+      </c>
+      <c r="L300" s="4">
+        <v>97</v>
+      </c>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G301" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H301" s="4" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="I301" s="13" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="J301" s="4" t="s">
-        <v>430</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K301" s="4"/>
+      <c r="L301" s="4"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H302" s="4" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="I302" s="13" t="s">
-        <v>1111</v>
+        <v>325</v>
       </c>
       <c r="J302" s="4" t="s">
-        <v>1174</v>
+        <v>137</v>
       </c>
       <c r="K302" s="4" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="L302" s="4">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>1176</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>1177</v>
@@ -19082,305 +19100,305 @@
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>1226</v>
       </c>
       <c r="I319" s="13" t="s">
-        <v>1165</v>
+        <v>520</v>
       </c>
       <c r="J319" s="4" t="s">
-        <v>71</v>
+        <v>1227</v>
       </c>
       <c r="K319" s="4" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="L319" s="4">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F320" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G320" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H320" s="4" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="I320" s="13" t="s">
-        <v>1229</v>
+        <v>305</v>
       </c>
       <c r="J320" s="4" t="s">
-        <v>521</v>
+        <v>85</v>
       </c>
       <c r="K320" s="4" t="s">
-        <v>522</v>
+        <v>690</v>
       </c>
       <c r="L320" s="4">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F321" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H321" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="I321" s="13" t="s">
-        <v>520</v>
+        <v>1231</v>
       </c>
       <c r="J321" s="4" t="s">
-        <v>1231</v>
+        <v>521</v>
       </c>
       <c r="K321" s="4" t="s">
-        <v>1232</v>
+        <v>522</v>
       </c>
       <c r="L321" s="4">
-        <v>180</v>
+        <v>317</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F322" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G322" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H322" s="4" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="I322" s="13" t="s">
-        <v>50</v>
+        <v>241</v>
       </c>
       <c r="J322" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K322" s="4" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="L322" s="4">
-        <v>267</v>
+        <v>55</v>
       </c>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G323" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H323" s="4" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="I323" s="13" t="s">
-        <v>241</v>
+        <v>50</v>
       </c>
       <c r="J323" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K323" s="4" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="L323" s="4">
-        <v>55</v>
+        <v>267</v>
       </c>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F324" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G324" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H324" s="4" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I324" s="13" t="s">
+        <v>1167</v>
+      </c>
+      <c r="J324" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="K324" s="4" t="s">
         <v>1235</v>
       </c>
-      <c r="I324" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L324" s="4">
-        <v>330</v>
+        <v>130</v>
       </c>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>1236</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>1237</v>
@@ -19614,51 +19632,51 @@
       <c r="B330" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>1253</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>1256</v>
       </c>
       <c r="I330" s="13" t="s">
         <v>520</v>
       </c>
       <c r="J330" s="4" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="K330" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L330" s="4"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="10" t="s">
@@ -19793,57 +19811,57 @@
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>1269</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H334" s="4" t="s">
         <v>640</v>
       </c>
       <c r="I334" s="13" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="J334" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K334" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="L334" s="4">
         <v>18</v>
       </c>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>1269</v>
@@ -19981,101 +19999,101 @@
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>1283</v>
       </c>
       <c r="I338" s="13" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="J338" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>1284</v>
       </c>
       <c r="L338" s="4"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="F339" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H339" s="4" t="s">
         <v>1286</v>
       </c>
       <c r="I339" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J339" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K339" s="4" t="s">
         <v>1287</v>
       </c>
       <c r="L339" s="4">
         <v>150</v>
       </c>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>13</v>
@@ -20124,134 +20142,134 @@
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H341" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="I341" s="13" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="J341" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K341" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L341" s="4"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H342" s="4" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="I342" s="13" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="J342" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K342" s="4" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="L342" s="4"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="7" t="s">
         <v>1291</v>
       </c>
       <c r="B343" s="7"/>
       <c r="C343" s="11"/>
       <c r="D343" s="7"/>
       <c r="E343" s="7"/>
       <c r="F343" s="7"/>
       <c r="G343" s="7"/>
       <c r="H343" s="8"/>
       <c r="I343" s="14"/>
       <c r="J343" s="8"/>
       <c r="K343" s="8"/>
       <c r="L343" s="8">
-        <v>50337</v>
+        <v>50906</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A343:K343"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>