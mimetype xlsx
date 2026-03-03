--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -188,74 +188,74 @@
   <si>
     <t>M/S UTPAL CHAKRABORTY &amp; CO.</t>
   </si>
   <si>
     <t>10-04-2023</t>
   </si>
   <si>
     <t>08-08-2023</t>
   </si>
   <si>
     <t>Bairagi Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05946</t>
   </si>
   <si>
     <t>SM/07218</t>
   </si>
   <si>
     <t>Retrofitting</t>
   </si>
   <si>
     <t>MVS</t>
   </si>
   <si>
+    <t>1275/SWSD</t>
+  </si>
+  <si>
+    <t>THE HINDUSTHAN CO-OPERTIVE LABO. CONT. &amp; CONSTRACTION SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>14-08-2020</t>
+  </si>
+  <si>
+    <t>19-08-2020</t>
+  </si>
+  <si>
     <t>1274/SWSD</t>
   </si>
   <si>
     <t>SUDIP BASAK</t>
   </si>
   <si>
-    <t>14-08-2020</t>
-[...1 lines deleted...]
-  <si>
     <t>1276/SWSD</t>
   </si>
   <si>
     <t>SUBIR CH. CHOWDHURY</t>
   </si>
   <si>
-    <t>1275/SWSD</t>
-[...7 lines deleted...]
-  <si>
     <t>BAIRATISAL WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00131</t>
   </si>
   <si>
     <t>SM/10097</t>
   </si>
   <si>
     <t>970/SWSD</t>
   </si>
   <si>
     <t>M/S KAMAK ENGINEERS &amp; CO</t>
   </si>
   <si>
     <t>01-08-2022</t>
   </si>
   <si>
     <t>29-03-2023</t>
   </si>
   <si>
     <t>SM/10469</t>
   </si>
   <si>
     <t>652/SWSD</t>
@@ -707,86 +707,86 @@
   <si>
     <t>27-07-2023</t>
   </si>
   <si>
     <t>25-09-2023</t>
   </si>
   <si>
     <t>Damdama Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05955</t>
   </si>
   <si>
     <t>SM/07425</t>
   </si>
   <si>
     <t>1086/SWSD</t>
   </si>
   <si>
     <t>DEBOL,S ENTERPRISE</t>
   </si>
   <si>
     <t>07-01-2021</t>
   </si>
   <si>
+    <t>1525/SWSD</t>
+  </si>
+  <si>
+    <t>ARUN KUMAR SHRIVASTAVA</t>
+  </si>
+  <si>
     <t>SM/14835</t>
   </si>
   <si>
     <t>364/SSD</t>
   </si>
   <si>
     <t>SEBU CHAKRABORTY</t>
   </si>
   <si>
     <t>24-09-2023</t>
   </si>
   <si>
-    <t>1525/SWSD</t>
-[...4 lines deleted...]
-  <si>
     <t>Dangarvita Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/06058</t>
   </si>
   <si>
     <t>SM/07424</t>
   </si>
   <si>
+    <t>1088/ SWSD</t>
+  </si>
+  <si>
+    <t>BHOLA GHOSH</t>
+  </si>
+  <si>
     <t>1089/ SWSD</t>
   </si>
   <si>
-    <t>BHOLA GHOSH</t>
-[...4 lines deleted...]
-  <si>
     <t>DANGIA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15896</t>
   </si>
   <si>
     <t>183/NKWSMD</t>
   </si>
   <si>
     <t>30-12-2023</t>
   </si>
   <si>
     <t>Deburam Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05943</t>
   </si>
   <si>
     <t>1087/SWSD</t>
   </si>
   <si>
     <t>RAJEEV RANJAN OJHA</t>
   </si>
   <si>
     <t>27-01-2021</t>
@@ -854,83 +854,83 @@
   <si>
     <t>09-07-2023</t>
   </si>
   <si>
     <t>DETAILED PROJECT REPORT FOR WATER SUPPLY SCHEME FOR MOONDA KOTEE TEA GARDEN PWSS, BLOCK: JORE BUNGALOW-SUKHIAPOKHRI, DISTRICT: DARJEELING.</t>
   </si>
   <si>
     <t>SM/13571</t>
   </si>
   <si>
     <t>2734/NKWSMD</t>
   </si>
   <si>
     <t>03-03-2023</t>
   </si>
   <si>
     <t>02-03-2024</t>
   </si>
   <si>
     <t>Dhulia Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05401</t>
   </si>
   <si>
+    <t>SM/12038</t>
+  </si>
+  <si>
+    <t>2095/SWSD</t>
+  </si>
+  <si>
+    <t>KAMAL GHOSH</t>
+  </si>
+  <si>
+    <t>22-12-2022</t>
+  </si>
+  <si>
+    <t>07-03-2023</t>
+  </si>
+  <si>
     <t>1083/SWSD</t>
   </si>
   <si>
-    <t>KAMAL GHOSH</t>
-[...1 lines deleted...]
-  <si>
     <t>SM/09078</t>
   </si>
   <si>
+    <t>961/SWSD</t>
+  </si>
+  <si>
+    <t>02-09-2021</t>
+  </si>
+  <si>
+    <t>17-09-2021</t>
+  </si>
+  <si>
     <t>960/SWSD</t>
   </si>
   <si>
-    <t>02-09-2021</t>
-[...19 lines deleted...]
-  <si>
     <t>Dumriguri Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/01664</t>
   </si>
   <si>
     <t>SM/07427</t>
   </si>
   <si>
     <t>1278/SWSD</t>
   </si>
   <si>
     <t>M/S ASHIRBAD ENTERPRISE</t>
   </si>
   <si>
     <t>SM/10476</t>
   </si>
   <si>
     <t>1978/SWSD</t>
   </si>
   <si>
     <t>DRISHTI CONSTRUCTION</t>
   </si>
   <si>
     <t>26-10-2023</t>
@@ -950,98 +950,98 @@
   <si>
     <t>1279/SWSD</t>
   </si>
   <si>
     <t>AKASH ENTERPRISE</t>
   </si>
   <si>
     <t>FULBARI PIPED WATER SUPPLY SCHEME ( ZONE-I, II&amp; III)</t>
   </si>
   <si>
     <t>SM/13509</t>
   </si>
   <si>
     <t>651/SWSD</t>
   </si>
   <si>
     <t>12-11-2023</t>
   </si>
   <si>
     <t>Garidhora (M.Bari) Tea Garden Area Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/10818</t>
   </si>
   <si>
+    <t>SM/18880</t>
+  </si>
+  <si>
+    <t>2228/NKWSMD</t>
+  </si>
+  <si>
+    <t>09-12-2024</t>
+  </si>
+  <si>
+    <t>07-06-2025</t>
+  </si>
+  <si>
     <t>826/NKWSMD</t>
   </si>
   <si>
-    <t>SM/18880</t>
-[...10 lines deleted...]
-  <si>
     <t>Ghusuru Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05951</t>
   </si>
   <si>
+    <t>SM/07423</t>
+  </si>
+  <si>
+    <t>1084/ SWSD</t>
+  </si>
+  <si>
+    <t>BUDDHADEV NAG</t>
+  </si>
+  <si>
+    <t>1215/SWSD</t>
+  </si>
+  <si>
+    <t>16-12-2021</t>
+  </si>
+  <si>
     <t>SM/12036</t>
   </si>
   <si>
     <t>2365/SWSD</t>
   </si>
   <si>
     <t>24-01-2023</t>
   </si>
   <si>
     <t>24-04-2023</t>
   </si>
   <si>
-    <t>SM/07423</t>
-[...13 lines deleted...]
-  <si>
     <t>GOKE PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15873</t>
   </si>
   <si>
     <t>1293/NKWSMD</t>
   </si>
   <si>
     <t>GRAVITY BASED WATER SUPPLY FOR PULUNGDONG KHASMAHAL PWSS</t>
   </si>
   <si>
     <t>SM/14418</t>
   </si>
   <si>
     <t>2521/NKWSMD</t>
   </si>
   <si>
     <t>GARGO TRADERS</t>
   </si>
   <si>
     <t>15-02-2023</t>
   </si>
   <si>
     <t>15-02-2024</t>
@@ -1562,86 +1562,86 @@
   <si>
     <t>25-04-2024</t>
   </si>
   <si>
     <t>SM/07033</t>
   </si>
   <si>
     <t>707/SWSD</t>
   </si>
   <si>
     <t>DEBASHIS SINHA</t>
   </si>
   <si>
     <t>01-12-2021</t>
   </si>
   <si>
     <t>KHARIBARI WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00007</t>
   </si>
   <si>
     <t>SM/10073</t>
   </si>
   <si>
+    <t>873/SWSD</t>
+  </si>
+  <si>
+    <t>PALLAB BHOWAL</t>
+  </si>
+  <si>
+    <t>2429/SWSD</t>
+  </si>
+  <si>
+    <t>HIMADRI DAM &amp; CO.</t>
+  </si>
+  <si>
+    <t>21-03-2022</t>
+  </si>
+  <si>
+    <t>04-06-2022</t>
+  </si>
+  <si>
+    <t>SM/09204</t>
+  </si>
+  <si>
+    <t>1216/SWSD</t>
+  </si>
+  <si>
+    <t>TUSHAR KANTI SEAL</t>
+  </si>
+  <si>
+    <t>26-11-2021</t>
+  </si>
+  <si>
     <t>872/SWSD</t>
   </si>
   <si>
-    <t>PALLAB BHOWAL</t>
-[...1 lines deleted...]
-  <si>
     <t>17-01-2023</t>
   </si>
   <si>
-    <t>2429/SWSD</t>
-[...25 lines deleted...]
-  <si>
     <t>KILARAM PIPED WATER SUPPLY SCHEME ( ZONE-I &amp; II )</t>
   </si>
   <si>
     <t>SM/16753</t>
   </si>
   <si>
     <t>1159/SWSD</t>
   </si>
   <si>
     <t>RAMESH KUMAR AGARWAL &amp; CO</t>
   </si>
   <si>
     <t>09-08-2023</t>
   </si>
   <si>
     <t>05-04-2024</t>
   </si>
   <si>
     <t>KOLBONG KHASMAHAL PWSS</t>
   </si>
   <si>
     <t>SM/15840</t>
   </si>
   <si>
     <t>189/NKWSMD</t>
@@ -2183,74 +2183,74 @@
   <si>
     <t>110/NKWSMD</t>
   </si>
   <si>
     <t>PANTHABARI FOREST Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/16143</t>
   </si>
   <si>
     <t>32/NKWSMD</t>
   </si>
   <si>
     <t>17-04-2023</t>
   </si>
   <si>
     <t>16-07-2023</t>
   </si>
   <si>
     <t>Paschim Madati Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05464</t>
   </si>
   <si>
+    <t>SM/07031</t>
+  </si>
+  <si>
+    <t>1524/ SWSD</t>
+  </si>
+  <si>
     <t>SM/12037</t>
   </si>
   <si>
+    <t>2366/SWSD</t>
+  </si>
+  <si>
+    <t>09-04-2023</t>
+  </si>
+  <si>
     <t>1829/SWSD</t>
   </si>
   <si>
     <t>13-01-2022</t>
   </si>
   <si>
     <t>07-02-2022</t>
   </si>
   <si>
-    <t>SM/07031</t>
-[...10 lines deleted...]
-  <si>
     <t>SM/07032</t>
   </si>
   <si>
     <t>17-01-2021</t>
   </si>
   <si>
     <t>Pathar Hirhirar Chhat Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/13508</t>
   </si>
   <si>
     <t>22-02-2024</t>
   </si>
   <si>
     <t>PATONG TEA GARDEN PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15655</t>
   </si>
   <si>
     <t>116/NKWSMD</t>
   </si>
   <si>
     <t>27-04-2024</t>
@@ -2639,89 +2639,89 @@
   <si>
     <t>SM/15897</t>
   </si>
   <si>
     <t>411/NKWSMD</t>
   </si>
   <si>
     <t>31-01-2024</t>
   </si>
   <si>
     <t>PUMONG TEA GARDEN PIPED WATER SUPPLY SCHEME.</t>
   </si>
   <si>
     <t>SM/15876</t>
   </si>
   <si>
     <t>682/NKWSMD</t>
   </si>
   <si>
     <t>Purba Bansgaon Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05388</t>
   </si>
   <si>
+    <t>SM/07040</t>
+  </si>
+  <si>
+    <t>1007/SWSD</t>
+  </si>
+  <si>
     <t>SM/07215</t>
   </si>
   <si>
     <t>696/SWSD</t>
   </si>
   <si>
-    <t>SM/07040</t>
-[...4 lines deleted...]
-  <si>
     <t>Purba Madati Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05488</t>
   </si>
   <si>
+    <t>SM/07043</t>
+  </si>
+  <si>
+    <t>1523/SWSD</t>
+  </si>
+  <si>
+    <t>1080/SWSD</t>
+  </si>
+  <si>
     <t>SM/07070</t>
   </si>
   <si>
     <t>1079/SWSD</t>
   </si>
   <si>
-    <t>SM/07043</t>
-[...1 lines deleted...]
-  <si>
     <t>1828/SWSD</t>
   </si>
   <si>
     <t>BIMAN DUTTA</t>
   </si>
   <si>
-    <t>1080/SWSD</t>
-[...4 lines deleted...]
-  <si>
     <t>PWS scheme for 3rd Division Soom TE - GP - Soom Singtam</t>
   </si>
   <si>
     <t>SM/08938</t>
   </si>
   <si>
     <t>SM/10767</t>
   </si>
   <si>
     <t>493/NKWSMD</t>
   </si>
   <si>
     <t>24-05-2022</t>
   </si>
   <si>
     <t>23-07-2022</t>
   </si>
   <si>
     <t>PWS Scheme for Augmentation and Extension of 3rd Mile village</t>
   </si>
   <si>
     <t>SM/10325</t>
   </si>
   <si>
     <t>SM/11380</t>
@@ -3467,77 +3467,77 @@
   <si>
     <t>101/NKWSMD</t>
   </si>
   <si>
     <t>RONGCHONG AND LABDA PWSS</t>
   </si>
   <si>
     <t>SM/18729</t>
   </si>
   <si>
     <t>936/NKWSMD</t>
   </si>
   <si>
     <t>15-08-2024</t>
   </si>
   <si>
     <t>SALBERI WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00819</t>
   </si>
   <si>
     <t>SM/09830</t>
   </si>
   <si>
+    <t>2077/SWSD</t>
+  </si>
+  <si>
+    <t>2078/SWSD</t>
+  </si>
+  <si>
+    <t>2079/SWSD</t>
+  </si>
+  <si>
+    <t>15-03-2022</t>
+  </si>
+  <si>
+    <t>2202/SWSD</t>
+  </si>
+  <si>
+    <t>17-02-2022</t>
+  </si>
+  <si>
+    <t>16-08-2022</t>
+  </si>
+  <si>
     <t>2080/SWSD</t>
   </si>
   <si>
     <t>19-04-2022</t>
   </si>
   <si>
-    <t>2077/SWSD</t>
-[...19 lines deleted...]
-  <si>
     <t>SHYAMDHAN WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00137</t>
   </si>
   <si>
     <t>SM/18421</t>
   </si>
   <si>
     <t>107/SWSD</t>
   </si>
   <si>
     <t>M/S YOUNG ASSOCIATES</t>
   </si>
   <si>
     <t>SM/07046</t>
   </si>
   <si>
     <t>690/SWSD</t>
   </si>
   <si>
     <t>SHIVNATH DEY</t>
   </si>
   <si>
     <t>22-08-2021</t>
@@ -3632,101 +3632,101 @@
   <si>
     <t>753/SWSD</t>
   </si>
   <si>
     <t>ROY ENGINEERS</t>
   </si>
   <si>
     <t>08-07-2022</t>
   </si>
   <si>
     <t>06-09-2022</t>
   </si>
   <si>
     <t>STANDALONE MINI PIPED WATER SUPPLY SCHEME IN THE VILLAGES LESS THAN 100 HOUSEHOLD BLOCK - PHANSIDEWA , DISTRICT - DARJEELING</t>
   </si>
   <si>
     <t>SM/10824</t>
   </si>
   <si>
     <t>Sukhia Pokhri Bajar Piped Water Supply scheme under GTA</t>
   </si>
   <si>
     <t>SM/05523</t>
   </si>
   <si>
+    <t>SM/10258</t>
+  </si>
+  <si>
     <t>SM/11378</t>
   </si>
   <si>
     <t>938/NKWSMD</t>
   </si>
   <si>
-    <t>SM/10258</t>
-[...1 lines deleted...]
-  <si>
     <t>SUKNA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15653</t>
   </si>
   <si>
     <t>2874/NKWSMD</t>
   </si>
   <si>
     <t>RESILIENCE INFRASTRUCTURE PRIVATE LIMITED</t>
   </si>
   <si>
     <t>19-09-2023</t>
   </si>
   <si>
     <t>SUKNA PRATHAM KHANDA PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/15647</t>
   </si>
   <si>
     <t>2873/NKWSMD</t>
   </si>
   <si>
     <t>18-11-2023</t>
   </si>
   <si>
     <t>Tarbandha Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05944</t>
   </si>
   <si>
+    <t>SM/15269</t>
+  </si>
+  <si>
+    <t>333/SWSD</t>
+  </si>
+  <si>
     <t>1280/SWSD</t>
   </si>
   <si>
-    <t>SM/15269</t>
-[...4 lines deleted...]
-  <si>
     <t>THAKURGANJ WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00134</t>
   </si>
   <si>
     <t>SM/09827</t>
   </si>
   <si>
     <t>273/SWSD</t>
   </si>
   <si>
     <t>06-05-2022</t>
   </si>
   <si>
     <t>02-11-2022</t>
   </si>
   <si>
     <t>863/SWSD</t>
   </si>
   <si>
     <t>2439/SWSD</t>
   </si>
   <si>
     <t>M/S DEBRAJ ENTERPRISE</t>
@@ -3860,75 +3860,75 @@
   <si>
     <t>SM/14530</t>
   </si>
   <si>
     <t>1279/NKWSMD</t>
   </si>
   <si>
     <t>WATER SUPPLY SCHEME FOR SPRING SIDI TEA GARDEN PWSS IN KURSEONG BLOCK UNDER DARJEELING DISTRICT.</t>
   </si>
   <si>
     <t>SM/11942</t>
   </si>
   <si>
     <t>2644/NKWSMD</t>
   </si>
   <si>
     <t>24-02-2023</t>
   </si>
   <si>
     <t>Water Supply Scheme for Uttar Ramdhan &amp; Adj. Mouzas</t>
   </si>
   <si>
     <t>SM/03570</t>
   </si>
   <si>
+    <t>SM/10477</t>
+  </si>
+  <si>
+    <t>856/SWSD</t>
+  </si>
+  <si>
+    <t>29-10-2022</t>
+  </si>
+  <si>
+    <t>SM/07049</t>
+  </si>
+  <si>
+    <t>1011/SWSD</t>
+  </si>
+  <si>
+    <t>1013/SWSD</t>
+  </si>
+  <si>
+    <t>15-01-2021</t>
+  </si>
+  <si>
     <t>SM/07047</t>
   </si>
   <si>
     <t>1010/SWSD</t>
-  </si>
-[...19 lines deleted...]
-    <t>1011/SWSD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4754,146 +4754,146 @@
       </c>
       <c r="C10" s="10" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="K10" s="4"/>
-      <c r="L10" s="4"/>
+      <c r="K10" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L10" s="4">
+        <v>503</v>
+      </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="K12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="K12" s="4"/>
+      <c r="L12" s="4"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>67</v>
       </c>
@@ -5512,51 +5512,51 @@
       <c r="D26" s="3" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>122</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L26" s="4">
-        <v>437</v>
+        <v>461</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>126</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>127</v>
@@ -6302,51 +6302,51 @@
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>196</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>202</v>
       </c>
       <c r="I43" s="13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L43" s="4">
         <v>500</v>
       </c>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
@@ -6533,51 +6533,51 @@
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>220</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>221</v>
       </c>
       <c r="E48" s="3"/>
       <c r="F48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>222</v>
       </c>
       <c r="I48" s="13" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>223</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L48" s="4">
         <v>71</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
@@ -6619,213 +6619,213 @@
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H50" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="I50" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="I50" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" s="4" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K50" s="4"/>
       <c r="L50" s="4">
-        <v>45</v>
+        <v>550</v>
       </c>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H51" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="I51" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="I51" s="13" t="s">
+      <c r="J51" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="K51" s="4" t="s">
         <v>236</v>
       </c>
-      <c r="J51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K51" s="4"/>
       <c r="L51" s="4">
-        <v>550</v>
+        <v>45</v>
       </c>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>240</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>241</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K52" s="4"/>
       <c r="L52" s="4">
-        <v>301</v>
+        <v>411</v>
       </c>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>237</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>242</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>241</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K53" s="4"/>
       <c r="L53" s="4">
-        <v>411</v>
+        <v>301</v>
       </c>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>244</v>
@@ -7123,216 +7123,216 @@
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E61" s="3"/>
-      <c r="F61" s="3"/>
+      <c r="E61" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>48</v>
+      </c>
       <c r="G61" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I61" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J61" s="4" t="s">
-        <v>140</v>
+        <v>283</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>230</v>
+        <v>284</v>
       </c>
       <c r="L61" s="4">
-        <v>1</v>
+        <v>299</v>
       </c>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E62" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E62" s="3"/>
+      <c r="F62" s="3"/>
       <c r="G62" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I62" s="13" t="s">
-        <v>103</v>
+        <v>282</v>
       </c>
       <c r="J62" s="4" t="s">
-        <v>284</v>
+        <v>140</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>285</v>
+        <v>230</v>
       </c>
       <c r="L62" s="4">
-        <v>129</v>
+        <v>1</v>
       </c>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I63" s="13" t="s">
         <v>229</v>
       </c>
       <c r="J63" s="4" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="K63" s="4" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="L63" s="4">
         <v>153</v>
       </c>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H64" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="I64" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="J64" s="4" t="s">
         <v>288</v>
       </c>
-      <c r="I64" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J64" s="4" t="s">
+      <c r="K64" s="4" t="s">
         <v>289</v>
       </c>
-      <c r="K64" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L64" s="4">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>292</v>
@@ -7382,51 +7382,51 @@
       <c r="D66" s="3" t="s">
         <v>292</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>297</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>298</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>299</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L66" s="4">
-        <v>774</v>
+        <v>843</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>292</v>
@@ -7546,261 +7546,261 @@
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="E70" s="3"/>
+      <c r="E70" s="3" t="s">
+        <v>312</v>
+      </c>
       <c r="F70" s="3" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I70" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J70" s="4" t="s">
-        <v>37</v>
+        <v>314</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>38</v>
+        <v>315</v>
       </c>
       <c r="L70" s="4"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>310</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="E71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E71" s="3"/>
       <c r="F71" s="3" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I71" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>315</v>
+        <v>37</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>316</v>
+        <v>38</v>
       </c>
       <c r="L71" s="4"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>320</v>
       </c>
       <c r="I72" s="13" t="s">
-        <v>62</v>
+        <v>321</v>
       </c>
       <c r="J72" s="4" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K72" s="4"/>
       <c r="L72" s="4">
-        <v>472</v>
+        <v>429</v>
       </c>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I73" s="13" t="s">
-        <v>325</v>
+        <v>232</v>
       </c>
       <c r="J73" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K73" s="4"/>
+        <v>160</v>
+      </c>
+      <c r="K73" s="4" t="s">
+        <v>323</v>
+      </c>
       <c r="L73" s="4">
-        <v>429</v>
+        <v>759</v>
       </c>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H74" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="I74" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="J74" s="4" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L74" s="4">
-        <v>759</v>
+        <v>472</v>
       </c>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>328</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>329</v>
@@ -8606,51 +8606,51 @@
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I93" s="13" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>406</v>
       </c>
       <c r="L93" s="4"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
@@ -8892,98 +8892,98 @@
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="4" t="s">
         <v>437</v>
       </c>
       <c r="I99" s="13" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K99" s="4"/>
       <c r="L99" s="4">
         <v>103</v>
       </c>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>441</v>
       </c>
       <c r="I100" s="13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>442</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>443</v>
       </c>
       <c r="L100" s="4">
         <v>918</v>
       </c>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
@@ -9217,51 +9217,51 @@
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>461</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H106" s="4" t="s">
         <v>467</v>
       </c>
       <c r="I106" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>469</v>
       </c>
       <c r="L106" s="4">
         <v>324</v>
       </c>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
@@ -9366,51 +9366,51 @@
       <c r="C109" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>480</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="4" t="s">
         <v>481</v>
       </c>
       <c r="I109" s="13" t="s">
         <v>482</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L109" s="4">
         <v>262</v>
       </c>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>478</v>
@@ -9458,51 +9458,51 @@
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>478</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>483</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H111" s="4" t="s">
         <v>487</v>
       </c>
       <c r="I111" s="13" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>485</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>488</v>
       </c>
       <c r="L111" s="4">
         <v>426</v>
       </c>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
@@ -9750,201 +9750,201 @@
       <c r="C117" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>516</v>
       </c>
       <c r="I117" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J117" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K117" s="4" t="s">
-        <v>518</v>
+        <v>86</v>
       </c>
       <c r="L117" s="4">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H118" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="I118" s="13" t="s">
         <v>519</v>
       </c>
-      <c r="I118" s="13" t="s">
+      <c r="J118" s="4" t="s">
         <v>520</v>
       </c>
-      <c r="J118" s="4" t="s">
+      <c r="K118" s="4" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="L118" s="4">
         <v>300</v>
       </c>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="I119" s="13" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="J119" s="4" t="s">
         <v>160</v>
       </c>
       <c r="K119" s="4" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="L119" s="4">
         <v>451</v>
       </c>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H120" s="4" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K120" s="4" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="L120" s="4">
-        <v>496</v>
+        <v>474</v>
       </c>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>529</v>
@@ -10038,97 +10038,97 @@
       <c r="C123" s="10" t="s">
         <v>537</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>540</v>
       </c>
       <c r="I123" s="13" t="s">
         <v>517</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K123" s="4" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="L123" s="4">
         <v>207</v>
       </c>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>537</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>538</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H124" s="4" t="s">
         <v>541</v>
       </c>
       <c r="I124" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J124" s="4" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>542</v>
       </c>
       <c r="L124" s="4">
         <v>717</v>
       </c>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>13</v>
@@ -10277,51 +10277,51 @@
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>544</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>547</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="4" t="s">
         <v>552</v>
       </c>
       <c r="I128" s="13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>553</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>554</v>
       </c>
       <c r="L128" s="4">
         <v>102</v>
       </c>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
@@ -10596,57 +10596,57 @@
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>585</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>586</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>587</v>
       </c>
       <c r="I135" s="13" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J135" s="4" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="L135" s="4">
         <v>350</v>
       </c>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>588</v>
@@ -10692,98 +10692,98 @@
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>593</v>
       </c>
       <c r="I137" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>594</v>
       </c>
       <c r="L137" s="4"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="4" t="s">
         <v>595</v>
       </c>
       <c r="I138" s="13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>60</v>
       </c>
       <c r="K138" s="4"/>
       <c r="L138" s="4">
         <v>100</v>
       </c>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
@@ -11293,51 +11293,51 @@
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E150" s="3"/>
       <c r="F150" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H150" s="4" t="s">
         <v>645</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>646</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>647</v>
       </c>
       <c r="L150" s="4">
         <v>588</v>
       </c>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
@@ -11351,51 +11351,51 @@
       <c r="D151" s="3" t="s">
         <v>649</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>650</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H151" s="4" t="s">
         <v>651</v>
       </c>
       <c r="I151" s="13" t="s">
         <v>261</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>623</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>652</v>
       </c>
       <c r="L151" s="4">
-        <v>607</v>
+        <v>706</v>
       </c>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>654</v>
@@ -11433,96 +11433,96 @@
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>653</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="I153" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J153" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="K153" s="4" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="L153" s="4"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>659</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>660</v>
       </c>
       <c r="E154" s="3"/>
       <c r="F154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="I154" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L154" s="4"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
@@ -11755,51 +11755,51 @@
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H160" s="4" t="s">
         <v>680</v>
       </c>
       <c r="I160" s="13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>465</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L160" s="4">
         <v>853</v>
       </c>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
@@ -11853,51 +11853,51 @@
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>682</v>
       </c>
       <c r="I162" s="13" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>85</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="4">
         <v>507</v>
       </c>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
@@ -12098,51 +12098,51 @@
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H167" s="4" t="s">
         <v>691</v>
       </c>
       <c r="I167" s="13" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="J167" s="4" t="s">
         <v>465</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L167" s="4">
         <v>115</v>
       </c>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
@@ -12199,51 +12199,51 @@
       <c r="B169" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>677</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H169" s="4" t="s">
         <v>693</v>
       </c>
       <c r="I169" s="13" t="s">
         <v>174</v>
       </c>
       <c r="J169" s="4" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>694</v>
       </c>
       <c r="L169" s="4">
         <v>107</v>
       </c>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>13</v>
@@ -12338,60 +12338,60 @@
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>702</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>703</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>704</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H172" s="4" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="I172" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J172" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="K172" s="4" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="L172" s="4"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>702</v>
       </c>
       <c r="D173" s="3" t="s">
@@ -12442,51 +12442,51 @@
       <c r="D174" s="3" t="s">
         <v>706</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>707</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H174" s="4" t="s">
         <v>708</v>
       </c>
       <c r="I174" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J174" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L174" s="4">
-        <v>37</v>
+        <v>587</v>
       </c>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>705</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>706</v>
@@ -12540,51 +12540,51 @@
       <c r="D176" s="3" t="s">
         <v>706</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>707</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H176" s="4" t="s">
         <v>708</v>
       </c>
       <c r="I176" s="13" t="s">
         <v>187</v>
       </c>
       <c r="J176" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L176" s="4">
-        <v>587</v>
+        <v>37</v>
       </c>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>713</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>714</v>
@@ -12661,297 +12661,297 @@
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>723</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="4" t="s">
         <v>724</v>
       </c>
       <c r="I179" s="13" t="s">
-        <v>120</v>
+        <v>65</v>
       </c>
       <c r="J179" s="4" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K179" s="4"/>
       <c r="L179" s="4">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="I180" s="13" t="s">
-        <v>62</v>
+        <v>305</v>
       </c>
       <c r="J180" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K180" s="4"/>
+        <v>326</v>
+      </c>
+      <c r="K180" s="4" t="s">
+        <v>727</v>
+      </c>
       <c r="L180" s="4">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="I181" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J181" s="4" t="s">
         <v>729</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>730</v>
       </c>
       <c r="L181" s="4">
-        <v>33</v>
+        <v>119</v>
       </c>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>651</v>
+        <v>621</v>
       </c>
       <c r="I182" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K182" s="4" t="s">
-        <v>732</v>
+        <v>251</v>
       </c>
       <c r="L182" s="4"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>721</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>722</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>621</v>
+        <v>651</v>
       </c>
       <c r="I183" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K183" s="4" t="s">
-        <v>251</v>
+        <v>732</v>
       </c>
       <c r="L183" s="4"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>733</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>734</v>
       </c>
       <c r="E184" s="3"/>
       <c r="F184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H184" s="4" t="s">
         <v>689</v>
       </c>
       <c r="I184" s="13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>193</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>735</v>
       </c>
       <c r="L184" s="4">
         <v>764</v>
       </c>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
@@ -13414,51 +13414,51 @@
         <v>13</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>784</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>785</v>
       </c>
       <c r="E195" s="3"/>
       <c r="F195" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>786</v>
       </c>
       <c r="I195" s="13" t="s">
         <v>787</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>788</v>
       </c>
       <c r="K195" s="4" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="L195" s="4"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>789</v>
       </c>
       <c r="D196" s="3" t="s">
@@ -14580,295 +14580,295 @@
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H221" s="4" t="s">
         <v>876</v>
       </c>
       <c r="I221" s="13" t="s">
-        <v>305</v>
+        <v>282</v>
       </c>
       <c r="J221" s="4" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="K221" s="4" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="L221" s="4"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>873</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>877</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="4" t="s">
         <v>878</v>
       </c>
       <c r="I222" s="13" t="s">
-        <v>281</v>
+        <v>305</v>
       </c>
       <c r="J222" s="4" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="K222" s="4" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="L222" s="4"/>
+        <v>594</v>
+      </c>
+      <c r="L222" s="4">
+        <v>312</v>
+      </c>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>881</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>882</v>
       </c>
       <c r="I223" s="13" t="s">
-        <v>136</v>
+        <v>511</v>
       </c>
       <c r="J223" s="4" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K223" s="4"/>
+      <c r="L223" s="4"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="I224" s="13" t="s">
-        <v>885</v>
+        <v>65</v>
       </c>
       <c r="J224" s="4" t="s">
-        <v>725</v>
+        <v>140</v>
       </c>
       <c r="K224" s="4" t="s">
-        <v>726</v>
+        <v>709</v>
       </c>
       <c r="L224" s="4"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="I225" s="13" t="s">
-        <v>62</v>
+        <v>136</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>140</v>
       </c>
       <c r="K225" s="4" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="L225" s="4"/>
+        <v>251</v>
+      </c>
+      <c r="L225" s="4">
+        <v>286</v>
+      </c>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>879</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="I226" s="13" t="s">
         <v>887</v>
       </c>
-      <c r="I226" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J226" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K226" s="4"/>
+        <v>729</v>
+      </c>
+      <c r="K226" s="4" t="s">
+        <v>730</v>
+      </c>
       <c r="L226" s="4"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>888</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>889</v>
@@ -17835,256 +17835,256 @@
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F292" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H292" s="4" t="s">
         <v>1151</v>
       </c>
       <c r="I292" s="13" t="s">
-        <v>520</v>
+        <v>63</v>
       </c>
       <c r="J292" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K292" s="4" t="s">
-        <v>1152</v>
+        <v>469</v>
       </c>
       <c r="L292" s="4">
-        <v>410</v>
+        <v>47</v>
       </c>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F293" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H293" s="4" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="I293" s="13" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J293" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K293" s="4" t="s">
         <v>469</v>
       </c>
       <c r="L293" s="4">
-        <v>47</v>
+        <v>441</v>
       </c>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H294" s="4" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="I294" s="13" t="s">
-        <v>84</v>
+        <v>321</v>
       </c>
       <c r="J294" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K294" s="4" t="s">
-        <v>469</v>
+        <v>1154</v>
       </c>
       <c r="L294" s="4">
-        <v>441</v>
+        <v>198</v>
       </c>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F295" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H295" s="4" t="s">
         <v>1155</v>
       </c>
       <c r="I295" s="13" t="s">
-        <v>325</v>
+        <v>65</v>
       </c>
       <c r="J295" s="4" t="s">
-        <v>468</v>
+        <v>1156</v>
       </c>
       <c r="K295" s="4" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="L295" s="4">
-        <v>198</v>
+        <v>333</v>
       </c>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>1148</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H296" s="4" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="I296" s="13" t="s">
-        <v>62</v>
+        <v>519</v>
       </c>
       <c r="J296" s="4" t="s">
-        <v>1158</v>
+        <v>468</v>
       </c>
       <c r="K296" s="4" t="s">
         <v>1159</v>
       </c>
       <c r="L296" s="4">
-        <v>333</v>
+        <v>410</v>
       </c>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>1161</v>
@@ -18321,151 +18321,151 @@
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="10" t="s">
         <v>1160</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="F302" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H302" s="4" t="s">
         <v>1175</v>
       </c>
       <c r="I302" s="13" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="J302" s="4" t="s">
         <v>137</v>
       </c>
       <c r="K302" s="4" t="s">
         <v>1168</v>
       </c>
       <c r="L302" s="4">
         <v>10</v>
       </c>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>1176</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="E303" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E303" s="3"/>
       <c r="F303" s="3" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G303" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H303" s="4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I303" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J303" s="4" t="s">
-        <v>315</v>
+        <v>37</v>
       </c>
       <c r="K303" s="4" t="s">
-        <v>316</v>
+        <v>38</v>
       </c>
       <c r="L303" s="4"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="10" t="s">
         <v>1176</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="E304" s="3"/>
+      <c r="E304" s="3" t="s">
+        <v>1178</v>
+      </c>
       <c r="F304" s="3" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G304" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I304" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J304" s="4" t="s">
-        <v>37</v>
+        <v>314</v>
       </c>
       <c r="K304" s="4" t="s">
-        <v>38</v>
+        <v>315</v>
       </c>
       <c r="L304" s="4"/>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="10" t="s">
         <v>1179</v>
       </c>
       <c r="D305" s="3" t="s">
@@ -18820,110 +18820,110 @@
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>1204</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="F313" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="H313" s="4" t="s">
-        <v>1207</v>
+        <v>564</v>
       </c>
       <c r="I313" s="13" t="s">
-        <v>840</v>
+        <v>565</v>
       </c>
       <c r="J313" s="4" t="s">
-        <v>758</v>
+        <v>566</v>
       </c>
       <c r="K313" s="4" t="s">
-        <v>759</v>
+        <v>567</v>
       </c>
       <c r="L313" s="4"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>1204</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="F314" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="H314" s="4" t="s">
-        <v>564</v>
+        <v>1208</v>
       </c>
       <c r="I314" s="13" t="s">
-        <v>565</v>
+        <v>840</v>
       </c>
       <c r="J314" s="4" t="s">
-        <v>566</v>
+        <v>758</v>
       </c>
       <c r="K314" s="4" t="s">
-        <v>567</v>
+        <v>759</v>
       </c>
       <c r="L314" s="4"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>1209</v>
       </c>
       <c r="D315" s="3" t="s">
@@ -18997,154 +18997,154 @@
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>1218</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="E317" s="3"/>
-      <c r="F317" s="3"/>
+      <c r="E317" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>48</v>
+      </c>
       <c r="G317" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H317" s="4" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I317" s="13" t="s">
-        <v>305</v>
+        <v>96</v>
       </c>
       <c r="J317" s="4" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="L317" s="4"/>
+        <v>175</v>
+      </c>
+      <c r="K317" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="L317" s="4">
+        <v>438</v>
+      </c>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="10" t="s">
         <v>1218</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="E318" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E318" s="3"/>
+      <c r="F318" s="3"/>
       <c r="G318" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H318" s="4" t="s">
         <v>1222</v>
       </c>
       <c r="I318" s="13" t="s">
-        <v>96</v>
+        <v>305</v>
       </c>
       <c r="J318" s="4" t="s">
-        <v>175</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K318" s="4"/>
+      <c r="L318" s="4"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>1226</v>
       </c>
       <c r="I319" s="13" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J319" s="4" t="s">
         <v>1227</v>
       </c>
       <c r="K319" s="4" t="s">
         <v>1228</v>
       </c>
       <c r="L319" s="4">
         <v>180</v>
       </c>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
@@ -19201,54 +19201,54 @@
       <c r="B321" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F321" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H321" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="I321" s="13" t="s">
         <v>1231</v>
       </c>
       <c r="J321" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="K321" s="4" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="L321" s="4">
         <v>317</v>
       </c>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>1223</v>
@@ -19400,51 +19400,51 @@
       <c r="C325" s="10" t="s">
         <v>1236</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>1237</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="F325" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G325" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H325" s="4" t="s">
         <v>1239</v>
       </c>
       <c r="I325" s="13" t="s">
         <v>711</v>
       </c>
       <c r="J325" s="4" t="s">
         <v>1240</v>
       </c>
       <c r="K325" s="4" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="L325" s="4">
         <v>406</v>
       </c>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="10" t="s">
         <v>1236</v>
@@ -19629,51 +19629,51 @@
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>1253</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>1256</v>
       </c>
       <c r="I330" s="13" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J330" s="4" t="s">
         <v>485</v>
       </c>
       <c r="K330" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L330" s="4"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
@@ -19808,112 +19808,112 @@
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>1269</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H334" s="4" t="s">
-        <v>640</v>
+        <v>1272</v>
       </c>
       <c r="I334" s="13" t="s">
-        <v>696</v>
+        <v>303</v>
       </c>
       <c r="J334" s="4" t="s">
-        <v>85</v>
+        <v>520</v>
       </c>
       <c r="K334" s="4" t="s">
-        <v>199</v>
+        <v>521</v>
       </c>
       <c r="L334" s="4">
-        <v>18</v>
+        <v>400</v>
       </c>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>1269</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H335" s="4" t="s">
-        <v>1272</v>
+        <v>640</v>
       </c>
       <c r="I335" s="13" t="s">
-        <v>303</v>
+        <v>696</v>
       </c>
       <c r="J335" s="4" t="s">
-        <v>521</v>
+        <v>85</v>
       </c>
       <c r="K335" s="4" t="s">
-        <v>522</v>
+        <v>199</v>
       </c>
       <c r="L335" s="4">
-        <v>400</v>
+        <v>18</v>
       </c>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>1273</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>1274</v>
@@ -19990,286 +19990,286 @@
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>1283</v>
       </c>
       <c r="I338" s="13" t="s">
-        <v>1231</v>
+        <v>517</v>
       </c>
       <c r="J338" s="4" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>1284</v>
       </c>
-      <c r="L338" s="4"/>
+      <c r="L338" s="4">
+        <v>150</v>
+      </c>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H339" s="4" t="s">
         <v>1286</v>
       </c>
       <c r="I339" s="13" t="s">
-        <v>517</v>
+        <v>1231</v>
       </c>
       <c r="J339" s="4" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="K339" s="4" t="s">
-        <v>1287</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="L339" s="4"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H340" s="4" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="I340" s="13" t="s">
         <v>204</v>
       </c>
       <c r="J340" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K340" s="4" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="L340" s="4"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H341" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="I341" s="13" t="s">
         <v>1231</v>
       </c>
       <c r="J341" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K341" s="4" t="s">
-        <v>118</v>
+        <v>1288</v>
       </c>
       <c r="L341" s="4"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>1280</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H342" s="4" t="s">
         <v>552</v>
       </c>
       <c r="I342" s="13" t="s">
         <v>1231</v>
       </c>
       <c r="J342" s="4" t="s">
         <v>117</v>
       </c>
       <c r="K342" s="4" t="s">
         <v>436</v>
       </c>
       <c r="L342" s="4"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="7" t="s">
         <v>1291</v>
       </c>
       <c r="B343" s="7"/>
       <c r="C343" s="11"/>
       <c r="D343" s="7"/>
       <c r="E343" s="7"/>
       <c r="F343" s="7"/>
       <c r="G343" s="7"/>
       <c r="H343" s="8"/>
       <c r="I343" s="14"/>
       <c r="J343" s="8"/>
       <c r="K343" s="8"/>
       <c r="L343" s="8">
-        <v>50906</v>
+        <v>51103</v>
       </c>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A343:K343"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>