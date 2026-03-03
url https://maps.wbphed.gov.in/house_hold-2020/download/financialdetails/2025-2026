--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -38,174 +38,174 @@
   <si>
     <t>F2- PHED Monthly Accounts</t>
   </si>
   <si>
     <t xml:space="preserve">Sl. No. </t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Available fund in 2025-26</t>
   </si>
   <si>
     <t>Total Expenditure</t>
   </si>
   <si>
     <t>Unspent Balance</t>
   </si>
   <si>
     <t>% Utilization</t>
   </si>
   <si>
     <t>Monthly Accounts Last Updated on</t>
   </si>
   <si>
+    <t>BARASAT ARSENIC DIVISION</t>
+  </si>
+  <si>
+    <t>0.00 %</t>
+  </si>
+  <si>
+    <t>June,2025</t>
+  </si>
+  <si>
+    <t>BARASAT DIVISION</t>
+  </si>
+  <si>
+    <t>BERHAMPUR DIVISION I</t>
+  </si>
+  <si>
+    <t>BERHAMPUR M/E DIVISION</t>
+  </si>
+  <si>
+    <t>May,2025</t>
+  </si>
+  <si>
+    <t>BIRBHUM DIVISION</t>
+  </si>
+  <si>
+    <t>March,2025</t>
+  </si>
+  <si>
+    <t>BURDWAN DIVISION</t>
+  </si>
+  <si>
+    <t>CENTRAL DRILLING DIVISION</t>
+  </si>
+  <si>
+    <t>CENTRAL MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>July,2025</t>
+  </si>
+  <si>
+    <t>COOCHBEHAR DIVISION</t>
+  </si>
+  <si>
+    <t>December,2024</t>
+  </si>
+  <si>
+    <t>DURGAPUR W/S DIVISION</t>
+  </si>
+  <si>
+    <t>EASTERN MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>HOOGHLY DIVISION</t>
+  </si>
+  <si>
+    <t>JHARGRAM DIVISION</t>
+  </si>
+  <si>
+    <t>MALDA DIVISION</t>
+  </si>
+  <si>
+    <t>MALDA MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>MIDNAPORE DIVISION</t>
+  </si>
+  <si>
+    <t>MIDNAPORE MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>February,2025</t>
+  </si>
+  <si>
+    <t>MURSHIDABAD DIVISION</t>
+  </si>
+  <si>
+    <t>NADIA ARSENIC CIVIL DIVISION II</t>
+  </si>
+  <si>
+    <t>NADIA ARSENIC DIVISION I</t>
+  </si>
+  <si>
+    <t>NEORAKHOLA W/S MNT. DIVISION</t>
+  </si>
+  <si>
+    <t>NORTH 24 PGS W/S DIVISION I</t>
+  </si>
+  <si>
+    <t>NORTHERN MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>NORTHERN MECHANICAL DIVISION II</t>
+  </si>
+  <si>
+    <t>PURULIA DIVISION</t>
+  </si>
+  <si>
+    <t>RCFA DIVISION I</t>
+  </si>
+  <si>
+    <t>April,2025</t>
+  </si>
+  <si>
+    <t>RESOURCES DIVISION</t>
+  </si>
+  <si>
+    <t>SILIGURI W/S DIVISION</t>
+  </si>
+  <si>
+    <t>SOUTH 24 PGS MECHANICAL DIVISION</t>
+  </si>
+  <si>
+    <t>SURVEY DIVISION</t>
+  </si>
+  <si>
     <t>ALIPORE DIVISION</t>
   </si>
   <si>
-    <t>0.00 %</t>
-[...4 lines deleted...]
-  <si>
     <t>ALIPURDUAR DIVISION</t>
   </si>
   <si>
-    <t>June,2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ASANSOL MECHANICAL DIVISION</t>
   </si>
   <si>
     <t>BANKURA DIVISION</t>
-  </si>
-[...103 lines deleted...]
-    <t>SURVEY DIVISION</t>
   </si>
   <si>
     <t>RAIGANJ DIVISION</t>
   </si>
   <si>
     <t>5.56 %</t>
   </si>
   <si>
     <t>BANKURA MECHANICAL DIVISION</t>
   </si>
   <si>
     <t>9.58 %</t>
   </si>
   <si>
     <t>JALPAIGURI DIVISION</t>
   </si>
   <si>
     <t>14.65 %</t>
   </si>
   <si>
     <t>PURULIA MECHANICAL DIVISION</t>
   </si>
   <si>
     <t>18.78 %</t>
   </si>
@@ -701,1075 +701,1075 @@
       </c>
       <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
-        <v>3.86</v>
+        <v>1.54</v>
       </c>
       <c r="D3" s="2">
         <v>0</v>
       </c>
       <c r="E3" s="2">
-        <v>3.86</v>
+        <v>1.54</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="2">
-        <v>8.4</v>
+        <v>30.96</v>
       </c>
       <c r="D4" s="2">
         <v>0</v>
       </c>
       <c r="E4" s="2">
-        <v>8.4</v>
+        <v>30.96</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C5" s="2">
-        <v>0.05</v>
+        <v>8.15</v>
       </c>
       <c r="D5" s="2">
         <v>0</v>
       </c>
       <c r="E5" s="2">
-        <v>0.05</v>
+        <v>8.15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2">
+        <v>4.45</v>
+      </c>
+      <c r="D6" s="2">
+        <v>0</v>
+      </c>
+      <c r="E6" s="2">
+        <v>4.45</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="2" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="2">
+        <v>8.66</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0</v>
+      </c>
+      <c r="E7" s="2">
+        <v>8.66</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>16</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="2">
-        <v>30.96</v>
+        <v>1.84</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="E8" s="2">
-        <v>30.96</v>
+        <v>1.84</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="2">
-        <v>8.15</v>
+        <v>6.65</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="E9" s="2">
-        <v>8.15</v>
+        <v>6.65</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="2">
-        <v>4.45</v>
+        <v>0.87</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="E10" s="2">
-        <v>4.45</v>
+        <v>0.87</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C11" s="2">
-        <v>8.66</v>
+        <v>5.76</v>
       </c>
       <c r="D11" s="2">
         <v>0</v>
       </c>
       <c r="E11" s="2">
-        <v>8.66</v>
+        <v>5.76</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C12" s="2">
-        <v>1.84</v>
+        <v>0.21</v>
       </c>
       <c r="D12" s="2">
         <v>0</v>
       </c>
       <c r="E12" s="2">
-        <v>1.84</v>
+        <v>0.21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C13" s="2">
-        <v>6.65</v>
+        <v>2.81</v>
       </c>
       <c r="D13" s="2">
         <v>0</v>
       </c>
       <c r="E13" s="2">
-        <v>6.65</v>
+        <v>2.81</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C14" s="2">
-        <v>0.87</v>
+        <v>27.77</v>
       </c>
       <c r="D14" s="2">
         <v>0</v>
       </c>
       <c r="E14" s="2">
-        <v>0.87</v>
+        <v>27.77</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="2">
-        <v>5.76</v>
+        <v>1.06</v>
       </c>
       <c r="D15" s="2">
         <v>0</v>
       </c>
       <c r="E15" s="2">
-        <v>5.76</v>
+        <v>1.06</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C16" s="2">
-        <v>0.21</v>
+        <v>16.16</v>
       </c>
       <c r="D16" s="2">
         <v>0</v>
       </c>
       <c r="E16" s="2">
-        <v>0.21</v>
+        <v>16.16</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C17" s="2">
-        <v>2.81</v>
+        <v>1</v>
       </c>
       <c r="D17" s="2">
         <v>0</v>
       </c>
       <c r="E17" s="2">
-        <v>2.81</v>
+        <v>1</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C18" s="2">
-        <v>27.77</v>
+        <v>9.93</v>
       </c>
       <c r="D18" s="2">
         <v>0</v>
       </c>
       <c r="E18" s="2">
-        <v>27.77</v>
+        <v>9.93</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="D19" s="2">
+        <v>0</v>
+      </c>
+      <c r="E19" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G19" s="2" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="2">
-        <v>16.16</v>
+        <v>1.77</v>
       </c>
       <c r="D20" s="2">
         <v>0</v>
       </c>
       <c r="E20" s="2">
-        <v>16.16</v>
+        <v>1.77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="2">
-        <v>1</v>
+        <v>0.46</v>
       </c>
       <c r="D21" s="2">
         <v>0</v>
       </c>
       <c r="E21" s="2">
-        <v>1</v>
+        <v>0.46</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C22" s="2">
-        <v>9.93</v>
+        <v>2.23</v>
       </c>
       <c r="D22" s="2">
         <v>0</v>
       </c>
       <c r="E22" s="2">
-        <v>9.93</v>
+        <v>2.23</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C23" s="2">
-        <v>0.5</v>
+        <v>11.06</v>
       </c>
       <c r="D23" s="2">
         <v>0</v>
       </c>
       <c r="E23" s="2">
-        <v>0.5</v>
+        <v>11.06</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="2">
-        <v>1.77</v>
+        <v>0.14</v>
       </c>
       <c r="D24" s="2">
         <v>0</v>
       </c>
       <c r="E24" s="2">
-        <v>1.77</v>
+        <v>0.14</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="2">
-        <v>0.46</v>
+        <v>0.42</v>
       </c>
       <c r="D25" s="2">
         <v>0</v>
       </c>
       <c r="E25" s="2">
-        <v>0.46</v>
+        <v>0.42</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C26" s="2">
-        <v>2.23</v>
+        <v>0.33</v>
       </c>
       <c r="D26" s="2">
         <v>0</v>
       </c>
       <c r="E26" s="2">
-        <v>2.23</v>
+        <v>0.33</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="2">
-        <v>11.06</v>
+        <v>11.83</v>
       </c>
       <c r="D27" s="2">
         <v>0</v>
       </c>
       <c r="E27" s="2">
-        <v>11.06</v>
+        <v>11.83</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C28" s="2">
-        <v>0.14</v>
+        <v>16.8</v>
       </c>
       <c r="D28" s="2">
         <v>0</v>
       </c>
       <c r="E28" s="2">
-        <v>0.14</v>
+        <v>16.8</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C29" s="2">
-        <v>0.42</v>
+        <v>86.19</v>
       </c>
       <c r="D29" s="2">
         <v>0</v>
       </c>
       <c r="E29" s="2">
-        <v>0.42</v>
+        <v>86.19</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C30" s="2">
-        <v>0.33</v>
+        <v>3.49</v>
       </c>
       <c r="D30" s="2">
         <v>0</v>
       </c>
       <c r="E30" s="2">
-        <v>0.33</v>
+        <v>3.49</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C31" s="2">
-        <v>11.83</v>
+        <v>3.68</v>
       </c>
       <c r="D31" s="2">
         <v>0</v>
       </c>
       <c r="E31" s="2">
-        <v>11.83</v>
+        <v>3.68</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C32" s="2">
-        <v>16.8</v>
+        <v>0</v>
       </c>
       <c r="D32" s="2">
         <v>0</v>
       </c>
       <c r="E32" s="2">
-        <v>16.8</v>
+        <v>0</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="2">
-        <v>86.19</v>
+        <v>3.86</v>
       </c>
       <c r="D33" s="2">
         <v>0</v>
       </c>
       <c r="E33" s="2">
-        <v>86.19</v>
+        <v>3.86</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="2">
-        <v>3.49</v>
+        <v>8.4</v>
       </c>
       <c r="D34" s="2">
         <v>0</v>
       </c>
       <c r="E34" s="2">
-        <v>3.49</v>
+        <v>8.4</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="2">
-        <v>3.68</v>
+        <v>0.05</v>
       </c>
       <c r="D35" s="2">
         <v>0</v>
       </c>
       <c r="E35" s="2">
-        <v>3.68</v>
+        <v>0.05</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="2">
-        <v>0</v>
+        <v>5.71</v>
       </c>
       <c r="D36" s="2">
         <v>0</v>
       </c>
       <c r="E36" s="2">
-        <v>0</v>
+        <v>5.71</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="2">
         <v>17.4</v>
       </c>
       <c r="D37" s="2">
         <v>0.97</v>
       </c>
       <c r="E37" s="2">
         <v>16.43</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="2">
         <v>0.36</v>
       </c>
       <c r="D38" s="2">
         <v>0.03</v>
       </c>
       <c r="E38" s="2">
         <v>0.32</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="2">
         <v>8.89</v>
       </c>
       <c r="D39" s="2">
         <v>1.3</v>
       </c>
       <c r="E39" s="2">
         <v>7.59</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C40" s="2">
         <v>0.27</v>
       </c>
       <c r="D40" s="2">
         <v>0.05</v>
       </c>
       <c r="E40" s="2">
         <v>0.22</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="2">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="2">
         <v>5.61</v>
       </c>
       <c r="D41" s="2">
         <v>2.97</v>
       </c>
       <c r="E41" s="2">
         <v>2.64</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="2">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="2">
         <v>4.96</v>
       </c>
       <c r="D42" s="2">
         <v>2.93</v>
       </c>
       <c r="E42" s="2">
         <v>2.02</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="2">
         <v>10.15</v>
       </c>
       <c r="D43" s="2">
         <v>7.88</v>
       </c>
       <c r="E43" s="2">
         <v>2.27</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="2">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="2">
         <v>0.7</v>
       </c>
       <c r="D44" s="2">
         <v>0.66</v>
       </c>
       <c r="E44" s="2">
         <v>0.04</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="2">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C45" s="2">
         <v>31.64</v>
       </c>
       <c r="D45" s="2">
         <v>30.64</v>
       </c>
       <c r="E45" s="2">
         <v>1</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="2">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C46" s="2">
         <v>19.05</v>
       </c>
       <c r="D46" s="2">
         <v>19.05</v>
       </c>
       <c r="E46" s="2">
         <v>0</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="2">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="2">
         <v>16.43</v>
       </c>
       <c r="D47" s="2">
         <v>16.34</v>
       </c>
       <c r="E47" s="2">
         <v>0.09</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B48" s="7"/>
       <c r="C48" s="6">
         <v>400.19</v>
       </c>
       <c r="D48" s="6">
         <v>82.83</v>
       </c>
       <c r="E48" s="6">
         <v>317.36</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G48" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>