--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,74 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1-10 And 11-50" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Villages to be targeted for Swajal Gram by providing 1-10 and 11-50 FHTC only</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>No. of Block</t>
   </si>
   <si>
     <t>Total no. of Village</t>
   </si>
   <si>
     <t>Total no. of Village in Commissioned PWSS</t>
   </si>
   <si>
     <t>No. of villages with remaining HH 1-10</t>
   </si>
   <si>
     <t>No. of villages with remaining HH 11-50</t>
+  </si>
+  <si>
+    <t>Alipurduar</t>
+  </si>
+  <si>
+    <t>Bankura</t>
+  </si>
+  <si>
+    <t>Birbhum</t>
+  </si>
+  <si>
+    <t>Coochbehar</t>
+  </si>
+  <si>
+    <t>Dakshin Dinajpur</t>
+  </si>
+  <si>
+    <t>Darjeeling</t>
+  </si>
+  <si>
+    <t>Hooghly</t>
+  </si>
+  <si>
+    <t>Howrah</t>
+  </si>
+  <si>
+    <t>Jalpaiguri</t>
+  </si>
+  <si>
+    <t>Jhargram</t>
+  </si>
+  <si>
+    <t>Kalimpong</t>
+  </si>
+  <si>
+    <t>Maldah</t>
+  </si>
+  <si>
+    <t>Murshidabad</t>
+  </si>
+  <si>
+    <t>Nadia</t>
+  </si>
+  <si>
+    <t>North 24 Parganas</t>
+  </si>
+  <si>
+    <t>Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>Paschim Medinipur</t>
+  </si>
+  <si>
+    <t>Purba Bardhaman</t>
+  </si>
+  <si>
+    <t>Purba Medinipur</t>
+  </si>
+  <si>
+    <t>Purulia</t>
+  </si>
+  <si>
+    <t>South 24 Parganas</t>
+  </si>
+  <si>
+    <t>Uttar Dinajpur</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -115,55 +181,61 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
@@ -441,117 +513,633 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G3"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="45.845947" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131348" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="2">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="5"/>
-[...4 lines deleted...]
-      <c r="G3" s="4"/>
+      <c r="C3" s="2">
+        <v>6</v>
+      </c>
+      <c r="D3" s="2">
+        <v>352</v>
+      </c>
+      <c r="E3" s="2">
+        <v>76</v>
+      </c>
+      <c r="F3" s="2">
+        <v>6</v>
+      </c>
+      <c r="G3" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="2">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="2">
+        <v>22</v>
+      </c>
+      <c r="D4" s="2">
+        <v>3835</v>
+      </c>
+      <c r="E4" s="2">
+        <v>963</v>
+      </c>
+      <c r="F4" s="2">
+        <v>0</v>
+      </c>
+      <c r="G4" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="2">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="2">
+        <v>19</v>
+      </c>
+      <c r="D5" s="2">
+        <v>2475</v>
+      </c>
+      <c r="E5" s="2">
+        <v>278</v>
+      </c>
+      <c r="F5" s="2">
+        <v>82</v>
+      </c>
+      <c r="G5" s="2">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="2">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="2">
+        <v>12</v>
+      </c>
+      <c r="D6" s="2">
+        <v>1212</v>
+      </c>
+      <c r="E6" s="2">
+        <v>286</v>
+      </c>
+      <c r="F6" s="2">
+        <v>10</v>
+      </c>
+      <c r="G6" s="2">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="2">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="2">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2">
+        <v>1639</v>
+      </c>
+      <c r="E7" s="2">
+        <v>267</v>
+      </c>
+      <c r="F7" s="2">
+        <v>140</v>
+      </c>
+      <c r="G7" s="2">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="2">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="2">
+        <v>9</v>
+      </c>
+      <c r="D8" s="2">
+        <v>587</v>
+      </c>
+      <c r="E8" s="2">
+        <v>116</v>
+      </c>
+      <c r="F8" s="2">
+        <v>6</v>
+      </c>
+      <c r="G8" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="2">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="2">
+        <v>18</v>
+      </c>
+      <c r="D9" s="2">
+        <v>1947</v>
+      </c>
+      <c r="E9" s="2">
+        <v>449</v>
+      </c>
+      <c r="F9" s="2">
+        <v>0</v>
+      </c>
+      <c r="G9" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="2">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="2">
+        <v>14</v>
+      </c>
+      <c r="D10" s="2">
+        <v>785</v>
+      </c>
+      <c r="E10" s="2">
+        <v>354</v>
+      </c>
+      <c r="F10" s="2">
+        <v>11</v>
+      </c>
+      <c r="G10" s="2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="2">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="2">
+        <v>7</v>
+      </c>
+      <c r="D11" s="2">
+        <v>425</v>
+      </c>
+      <c r="E11" s="2">
+        <v>148</v>
+      </c>
+      <c r="F11" s="2">
+        <v>4</v>
+      </c>
+      <c r="G11" s="2">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="2">
+        <v>8</v>
+      </c>
+      <c r="D12" s="2">
+        <v>2996</v>
+      </c>
+      <c r="E12" s="2">
+        <v>271</v>
+      </c>
+      <c r="F12" s="2">
+        <v>0</v>
+      </c>
+      <c r="G12" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="2">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C13" s="2">
+        <v>3</v>
+      </c>
+      <c r="D13" s="2">
+        <v>129</v>
+      </c>
+      <c r="E13" s="2">
+        <v>90</v>
+      </c>
+      <c r="F13" s="2">
+        <v>0</v>
+      </c>
+      <c r="G13" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="2">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="2">
+        <v>15</v>
+      </c>
+      <c r="D14" s="2">
+        <v>1800</v>
+      </c>
+      <c r="E14" s="2">
+        <v>692</v>
+      </c>
+      <c r="F14" s="2">
+        <v>59</v>
+      </c>
+      <c r="G14" s="2">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="2">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="2">
+        <v>26</v>
+      </c>
+      <c r="D15" s="2">
+        <v>2238</v>
+      </c>
+      <c r="E15" s="2">
+        <v>670</v>
+      </c>
+      <c r="F15" s="2">
+        <v>0</v>
+      </c>
+      <c r="G15" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="2">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="2">
+        <v>18</v>
+      </c>
+      <c r="D16" s="2">
+        <v>1372</v>
+      </c>
+      <c r="E16" s="2">
+        <v>1083</v>
+      </c>
+      <c r="F16" s="2">
+        <v>0</v>
+      </c>
+      <c r="G16" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="2">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="2">
+        <v>22</v>
+      </c>
+      <c r="D17" s="2">
+        <v>1634</v>
+      </c>
+      <c r="E17" s="2">
+        <v>898</v>
+      </c>
+      <c r="F17" s="2">
+        <v>0</v>
+      </c>
+      <c r="G17" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="2">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="2">
+        <v>8</v>
+      </c>
+      <c r="D18" s="2">
+        <v>408</v>
+      </c>
+      <c r="E18" s="2">
+        <v>132</v>
+      </c>
+      <c r="F18" s="2">
+        <v>0</v>
+      </c>
+      <c r="G18" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="2">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="2">
+        <v>21</v>
+      </c>
+      <c r="D19" s="2">
+        <v>5716</v>
+      </c>
+      <c r="E19" s="2">
+        <v>656</v>
+      </c>
+      <c r="F19" s="2">
+        <v>0</v>
+      </c>
+      <c r="G19" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="2">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="2">
+        <v>23</v>
+      </c>
+      <c r="D20" s="2">
+        <v>2191</v>
+      </c>
+      <c r="E20" s="2">
+        <v>276</v>
+      </c>
+      <c r="F20" s="2">
+        <v>88</v>
+      </c>
+      <c r="G20" s="2">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="2">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" s="2">
+        <v>25</v>
+      </c>
+      <c r="D21" s="2">
+        <v>3019</v>
+      </c>
+      <c r="E21" s="2">
+        <v>643</v>
+      </c>
+      <c r="F21" s="2">
+        <v>0</v>
+      </c>
+      <c r="G21" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="2">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22" s="2">
+        <v>20</v>
+      </c>
+      <c r="D22" s="2">
+        <v>2695</v>
+      </c>
+      <c r="E22" s="2">
+        <v>239</v>
+      </c>
+      <c r="F22" s="2">
+        <v>0</v>
+      </c>
+      <c r="G22" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="2">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="2">
+        <v>29</v>
+      </c>
+      <c r="D23" s="2">
+        <v>2160</v>
+      </c>
+      <c r="E23" s="2">
+        <v>1065</v>
+      </c>
+      <c r="F23" s="2">
+        <v>52</v>
+      </c>
+      <c r="G23" s="2">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="2">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="2">
+        <v>9</v>
+      </c>
+      <c r="D24" s="2">
+        <v>1503</v>
+      </c>
+      <c r="E24" s="2">
+        <v>380</v>
+      </c>
+      <c r="F24" s="2">
+        <v>0</v>
+      </c>
+      <c r="G24" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="6">
+        <v>342</v>
+      </c>
+      <c r="D25" s="6">
+        <v>41118</v>
+      </c>
+      <c r="E25" s="6">
+        <v>10032</v>
+      </c>
+      <c r="F25" s="6">
+        <v>458</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1019</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A25:B25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>