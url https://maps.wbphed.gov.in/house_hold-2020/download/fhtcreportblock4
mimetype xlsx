--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -627,51 +627,51 @@
       </c>
       <c r="F4" s="2">
         <v>0</v>
       </c>
       <c r="G4" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2">
         <v>19</v>
       </c>
       <c r="D5" s="2">
         <v>2475</v>
       </c>
       <c r="E5" s="2">
         <v>278</v>
       </c>
       <c r="F5" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G5" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="2">
         <v>12</v>
       </c>
       <c r="D6" s="2">
         <v>1212</v>
       </c>
       <c r="E6" s="2">
         <v>286</v>
       </c>
       <c r="F6" s="2">
         <v>10</v>
       </c>
       <c r="G6" s="2">
@@ -837,51 +837,51 @@
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="2">
         <v>15</v>
       </c>
       <c r="D14" s="2">
         <v>1800</v>
       </c>
       <c r="E14" s="2">
         <v>692</v>
       </c>
       <c r="F14" s="2">
         <v>59</v>
       </c>
       <c r="G14" s="2">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="2">
         <v>26</v>
       </c>
       <c r="D15" s="2">
         <v>2238</v>
       </c>
       <c r="E15" s="2">
         <v>670</v>
       </c>
       <c r="F15" s="2">
         <v>0</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
     </row>
@@ -975,51 +975,51 @@
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="2">
         <v>23</v>
       </c>
       <c r="D20" s="2">
         <v>2191</v>
       </c>
       <c r="E20" s="2">
         <v>276</v>
       </c>
       <c r="F20" s="2">
         <v>88</v>
       </c>
       <c r="G20" s="2">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="2">
         <v>25</v>
       </c>
       <c r="D21" s="2">
         <v>3019</v>
       </c>
       <c r="E21" s="2">
         <v>643</v>
       </c>
       <c r="F21" s="2">
         <v>0</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
     </row>
@@ -1085,54 +1085,54 @@
       <c r="E24" s="2">
         <v>380</v>
       </c>
       <c r="F24" s="2">
         <v>0</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="6">
         <v>342</v>
       </c>
       <c r="D25" s="6">
         <v>41118</v>
       </c>
       <c r="E25" s="6">
         <v>10032</v>
       </c>
       <c r="F25" s="6">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G25" s="6">
-        <v>1019</v>
+        <v>1017</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A25:B25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>