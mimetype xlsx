--- v2 (2025-12-14)
+++ v3 (2026-03-04)
@@ -575,51 +575,51 @@
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>6</v>
       </c>
       <c r="D3" s="2">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E3" s="2">
         <v>76</v>
       </c>
       <c r="F3" s="2">
         <v>6</v>
       </c>
       <c r="G3" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2">
         <v>22</v>
       </c>
       <c r="D4" s="2">
         <v>3835</v>
       </c>
       <c r="E4" s="2">
@@ -627,117 +627,117 @@
       </c>
       <c r="F4" s="2">
         <v>0</v>
       </c>
       <c r="G4" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2">
         <v>19</v>
       </c>
       <c r="D5" s="2">
         <v>2475</v>
       </c>
       <c r="E5" s="2">
         <v>278</v>
       </c>
       <c r="F5" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G5" s="2">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="2">
         <v>12</v>
       </c>
       <c r="D6" s="2">
         <v>1212</v>
       </c>
       <c r="E6" s="2">
         <v>286</v>
       </c>
       <c r="F6" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="2">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2">
         <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>1639</v>
       </c>
       <c r="E7" s="2">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="F7" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G7" s="2">
         <v>267</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>587</v>
       </c>
       <c r="E8" s="2">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F8" s="2">
         <v>6</v>
       </c>
       <c r="G8" s="2">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2">
         <v>18</v>
       </c>
       <c r="D9" s="2">
         <v>1947</v>
       </c>
       <c r="E9" s="2">
         <v>449</v>
       </c>
       <c r="F9" s="2">
@@ -745,74 +745,74 @@
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="2">
         <v>14</v>
       </c>
       <c r="D10" s="2">
         <v>785</v>
       </c>
       <c r="E10" s="2">
         <v>354</v>
       </c>
       <c r="F10" s="2">
         <v>11</v>
       </c>
       <c r="G10" s="2">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="2">
         <v>7</v>
       </c>
       <c r="D11" s="2">
         <v>425</v>
       </c>
       <c r="E11" s="2">
         <v>148</v>
       </c>
       <c r="F11" s="2">
         <v>4</v>
       </c>
       <c r="G11" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="2">
         <v>8</v>
       </c>
       <c r="D12" s="2">
         <v>2996</v>
       </c>
       <c r="E12" s="2">
         <v>271</v>
       </c>
       <c r="F12" s="2">
         <v>0</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
     </row>
@@ -834,54 +834,54 @@
       </c>
       <c r="F13" s="2">
         <v>0</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="2">
         <v>15</v>
       </c>
       <c r="D14" s="2">
         <v>1800</v>
       </c>
       <c r="E14" s="2">
         <v>692</v>
       </c>
       <c r="F14" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G14" s="2">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="2">
         <v>26</v>
       </c>
       <c r="D15" s="2">
         <v>2238</v>
       </c>
       <c r="E15" s="2">
         <v>670</v>
       </c>
       <c r="F15" s="2">
         <v>0</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
     </row>
@@ -897,51 +897,51 @@
       </c>
       <c r="D16" s="2">
         <v>1372</v>
       </c>
       <c r="E16" s="2">
         <v>1083</v>
       </c>
       <c r="F16" s="2">
         <v>0</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="2">
         <v>22</v>
       </c>
       <c r="D17" s="2">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="E17" s="2">
         <v>898</v>
       </c>
       <c r="F17" s="2">
         <v>0</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="2">
         <v>8</v>
       </c>
       <c r="D18" s="2">
         <v>408</v>
       </c>
       <c r="E18" s="2">
@@ -972,54 +972,54 @@
       </c>
       <c r="F19" s="2">
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="2">
         <v>23</v>
       </c>
       <c r="D20" s="2">
         <v>2191</v>
       </c>
       <c r="E20" s="2">
         <v>276</v>
       </c>
       <c r="F20" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G20" s="2">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="2">
         <v>25</v>
       </c>
       <c r="D21" s="2">
         <v>3019</v>
       </c>
       <c r="E21" s="2">
         <v>643</v>
       </c>
       <c r="F21" s="2">
         <v>0</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
     </row>
@@ -1044,95 +1044,95 @@
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="2">
         <v>29</v>
       </c>
       <c r="D23" s="2">
         <v>2160</v>
       </c>
       <c r="E23" s="2">
         <v>1065</v>
       </c>
       <c r="F23" s="2">
         <v>52</v>
       </c>
       <c r="G23" s="2">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="2">
         <v>9</v>
       </c>
       <c r="D24" s="2">
         <v>1503</v>
       </c>
       <c r="E24" s="2">
         <v>380</v>
       </c>
       <c r="F24" s="2">
         <v>0</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="6">
         <v>342</v>
       </c>
       <c r="D25" s="6">
-        <v>41118</v>
+        <v>41120</v>
       </c>
       <c r="E25" s="6">
-        <v>10032</v>
+        <v>10040</v>
       </c>
       <c r="F25" s="6">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G25" s="6">
-        <v>1017</v>
+        <v>1022</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A25:B25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>