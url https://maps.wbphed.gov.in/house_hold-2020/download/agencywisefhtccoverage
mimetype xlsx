--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -573,489 +573,489 @@
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2">
         <v>340</v>
       </c>
       <c r="D3" s="2">
         <v>130</v>
       </c>
       <c r="E3" s="2">
         <v>69</v>
       </c>
       <c r="F3" s="2">
-        <v>55355</v>
+        <v>55530</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>467</v>
       </c>
       <c r="D4" s="2">
         <v>151</v>
       </c>
       <c r="E4" s="2">
         <v>182</v>
       </c>
       <c r="F4" s="2">
-        <v>188953</v>
+        <v>190311</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="D5" s="2">
         <v>159</v>
       </c>
       <c r="E5" s="2">
         <v>255</v>
       </c>
       <c r="F5" s="2">
-        <v>426921</v>
+        <v>429671</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="2">
         <v>372</v>
       </c>
       <c r="D6" s="2">
         <v>79</v>
       </c>
       <c r="E6" s="2">
         <v>136</v>
       </c>
       <c r="F6" s="2">
-        <v>187784</v>
+        <v>187803</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="2">
         <v>203</v>
       </c>
       <c r="D7" s="2">
         <v>90</v>
       </c>
       <c r="E7" s="2">
         <v>100</v>
       </c>
       <c r="F7" s="2">
-        <v>143879</v>
+        <v>144042</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="2">
         <v>455</v>
       </c>
       <c r="D8" s="2">
         <v>195</v>
       </c>
       <c r="E8" s="2">
         <v>214</v>
       </c>
       <c r="F8" s="2">
-        <v>261883</v>
+        <v>262259</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2">
         <v>940</v>
       </c>
       <c r="D9" s="2">
         <v>369</v>
       </c>
       <c r="E9" s="2">
         <v>433</v>
       </c>
       <c r="F9" s="2">
-        <v>662843</v>
+        <v>663964</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D10" s="2">
         <v>221</v>
       </c>
       <c r="E10" s="2">
         <v>259</v>
       </c>
       <c r="F10" s="2">
-        <v>323096</v>
+        <v>323720</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="2">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D11" s="2">
         <v>280</v>
       </c>
       <c r="E11" s="2">
         <v>320</v>
       </c>
       <c r="F11" s="2">
-        <v>776063</v>
+        <v>777851</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="2">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D12" s="2">
         <v>326</v>
       </c>
       <c r="E12" s="2">
         <v>439</v>
       </c>
       <c r="F12" s="2">
-        <v>1020104</v>
+        <v>1020478</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="2">
         <v>610</v>
       </c>
       <c r="D13" s="2">
         <v>183</v>
       </c>
       <c r="E13" s="2">
         <v>271</v>
       </c>
       <c r="F13" s="2">
-        <v>920603</v>
+        <v>920744</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="2">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="D14" s="2">
         <v>192</v>
       </c>
       <c r="E14" s="2">
         <v>263</v>
       </c>
       <c r="F14" s="2">
-        <v>606134</v>
+        <v>607140</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="2">
         <v>1241</v>
       </c>
       <c r="D15" s="2">
         <v>176</v>
       </c>
       <c r="E15" s="2">
         <v>231</v>
       </c>
       <c r="F15" s="2">
-        <v>396841</v>
+        <v>396880</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="2">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D16" s="2">
         <v>113</v>
       </c>
       <c r="E16" s="2">
         <v>143</v>
       </c>
       <c r="F16" s="2">
-        <v>126334</v>
+        <v>126456</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="2">
         <v>876</v>
       </c>
       <c r="D17" s="2">
         <v>172</v>
       </c>
       <c r="E17" s="2">
         <v>192</v>
       </c>
       <c r="F17" s="2">
-        <v>334606</v>
+        <v>336717</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="2">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D18" s="2">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E18" s="2">
         <v>560</v>
       </c>
       <c r="F18" s="2">
-        <v>1090049</v>
+        <v>1090523</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="2">
         <v>675</v>
       </c>
       <c r="D19" s="2">
         <v>122</v>
       </c>
       <c r="E19" s="2">
         <v>163</v>
       </c>
       <c r="F19" s="2">
-        <v>330225</v>
+        <v>331434</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="2">
         <v>737</v>
       </c>
       <c r="D20" s="2">
         <v>179</v>
       </c>
       <c r="E20" s="2">
         <v>223</v>
       </c>
       <c r="F20" s="2">
-        <v>580608</v>
+        <v>582146</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="2">
         <v>548</v>
       </c>
       <c r="D21" s="2">
         <v>101</v>
       </c>
       <c r="E21" s="2">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F21" s="2">
-        <v>189159</v>
+        <v>189218</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="2">
         <v>191</v>
       </c>
       <c r="D22" s="2">
         <v>63</v>
       </c>
       <c r="E22" s="2">
         <v>8</v>
       </c>
       <c r="F22" s="2">
         <v>1736</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="2">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D23" s="2">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E23" s="2">
         <v>147</v>
       </c>
       <c r="F23" s="2">
-        <v>141716</v>
+        <v>141918</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="2">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D24" s="2">
         <v>131</v>
       </c>
       <c r="E24" s="2">
         <v>174</v>
       </c>
       <c r="F24" s="2">
-        <v>178156</v>
+        <v>178160</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="6">
-        <v>15216</v>
+        <v>15235</v>
       </c>
       <c r="D25" s="6">
-        <v>4014</v>
+        <v>4016</v>
       </c>
       <c r="E25" s="6">
-        <v>4913</v>
+        <v>4914</v>
       </c>
       <c r="F25" s="6">
-        <v>8943048</v>
+        <v>8958701</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A25:B25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>