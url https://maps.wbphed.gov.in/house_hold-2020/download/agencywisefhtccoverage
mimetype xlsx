--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -573,489 +573,489 @@
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2">
         <v>340</v>
       </c>
       <c r="D3" s="2">
         <v>130</v>
       </c>
       <c r="E3" s="2">
         <v>69</v>
       </c>
       <c r="F3" s="2">
-        <v>55530</v>
+        <v>55857</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>467</v>
       </c>
       <c r="D4" s="2">
         <v>151</v>
       </c>
       <c r="E4" s="2">
         <v>182</v>
       </c>
       <c r="F4" s="2">
-        <v>190311</v>
+        <v>190922</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="D5" s="2">
         <v>159</v>
       </c>
       <c r="E5" s="2">
         <v>255</v>
       </c>
       <c r="F5" s="2">
-        <v>429671</v>
+        <v>430498</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="2">
         <v>372</v>
       </c>
       <c r="D6" s="2">
         <v>79</v>
       </c>
       <c r="E6" s="2">
         <v>136</v>
       </c>
       <c r="F6" s="2">
-        <v>187803</v>
+        <v>187807</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="2">
         <v>203</v>
       </c>
       <c r="D7" s="2">
         <v>90</v>
       </c>
       <c r="E7" s="2">
         <v>100</v>
       </c>
       <c r="F7" s="2">
-        <v>144042</v>
+        <v>144134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="2">
         <v>455</v>
       </c>
       <c r="D8" s="2">
         <v>195</v>
       </c>
       <c r="E8" s="2">
         <v>214</v>
       </c>
       <c r="F8" s="2">
-        <v>262259</v>
+        <v>262576</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2">
         <v>940</v>
       </c>
       <c r="D9" s="2">
         <v>369</v>
       </c>
       <c r="E9" s="2">
         <v>433</v>
       </c>
       <c r="F9" s="2">
-        <v>663964</v>
+        <v>664900</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D10" s="2">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E10" s="2">
         <v>259</v>
       </c>
       <c r="F10" s="2">
-        <v>323720</v>
+        <v>324584</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="2">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="D11" s="2">
         <v>280</v>
       </c>
       <c r="E11" s="2">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F11" s="2">
-        <v>777851</v>
+        <v>778671</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="2">
         <v>1217</v>
       </c>
       <c r="D12" s="2">
         <v>326</v>
       </c>
       <c r="E12" s="2">
         <v>439</v>
       </c>
       <c r="F12" s="2">
-        <v>1020478</v>
+        <v>1020709</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="2">
         <v>610</v>
       </c>
       <c r="D13" s="2">
         <v>183</v>
       </c>
       <c r="E13" s="2">
         <v>271</v>
       </c>
       <c r="F13" s="2">
-        <v>920744</v>
+        <v>920778</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="2">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="D14" s="2">
         <v>192</v>
       </c>
       <c r="E14" s="2">
         <v>263</v>
       </c>
       <c r="F14" s="2">
-        <v>607140</v>
+        <v>607512</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="2">
         <v>1241</v>
       </c>
       <c r="D15" s="2">
         <v>176</v>
       </c>
       <c r="E15" s="2">
         <v>231</v>
       </c>
       <c r="F15" s="2">
-        <v>396880</v>
+        <v>396985</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="2">
         <v>349</v>
       </c>
       <c r="D16" s="2">
         <v>113</v>
       </c>
       <c r="E16" s="2">
         <v>143</v>
       </c>
       <c r="F16" s="2">
-        <v>126456</v>
+        <v>126650</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="2">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D17" s="2">
         <v>172</v>
       </c>
       <c r="E17" s="2">
         <v>192</v>
       </c>
       <c r="F17" s="2">
-        <v>336717</v>
+        <v>340113</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="2">
         <v>1294</v>
       </c>
       <c r="D18" s="2">
         <v>474</v>
       </c>
       <c r="E18" s="2">
         <v>560</v>
       </c>
       <c r="F18" s="2">
-        <v>1090523</v>
+        <v>1091173</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="2">
         <v>675</v>
       </c>
       <c r="D19" s="2">
         <v>122</v>
       </c>
       <c r="E19" s="2">
         <v>163</v>
       </c>
       <c r="F19" s="2">
-        <v>331434</v>
+        <v>332965</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="2">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D20" s="2">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E20" s="2">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F20" s="2">
-        <v>582146</v>
+        <v>583333</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="2">
         <v>548</v>
       </c>
       <c r="D21" s="2">
         <v>101</v>
       </c>
       <c r="E21" s="2">
         <v>132</v>
       </c>
       <c r="F21" s="2">
-        <v>189218</v>
+        <v>189229</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="2">
         <v>191</v>
       </c>
       <c r="D22" s="2">
         <v>63</v>
       </c>
       <c r="E22" s="2">
         <v>8</v>
       </c>
       <c r="F22" s="2">
         <v>1736</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="2">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D23" s="2">
         <v>110</v>
       </c>
       <c r="E23" s="2">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F23" s="2">
-        <v>141918</v>
+        <v>142110</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="2">
         <v>456</v>
       </c>
       <c r="D24" s="2">
         <v>131</v>
       </c>
       <c r="E24" s="2">
         <v>174</v>
       </c>
       <c r="F24" s="2">
-        <v>178160</v>
+        <v>178161</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="6">
-        <v>15235</v>
+        <v>15249</v>
       </c>
       <c r="D25" s="6">
-        <v>4016</v>
+        <v>4018</v>
       </c>
       <c r="E25" s="6">
-        <v>4914</v>
+        <v>4918</v>
       </c>
       <c r="F25" s="6">
-        <v>8958701</v>
+        <v>8971403</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A25:B25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>